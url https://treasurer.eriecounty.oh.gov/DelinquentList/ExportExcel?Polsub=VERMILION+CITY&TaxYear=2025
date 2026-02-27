--- v0 (2026-01-09)
+++ v1 (2026-02-27)
@@ -5,286 +5,172 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>18-00008.000</t>
   </si>
   <si>
     <t>RUTGER CHARLES &amp; LISA</t>
   </si>
   <si>
     <t>VERMILION LSD</t>
   </si>
   <si>
     <t>FAIRMONT</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>18-00009.000</t>
-[...7 lines deleted...]
-  <si>
     <t>18-00235.000</t>
   </si>
   <si>
     <t>GUERRA MARTA E</t>
   </si>
   <si>
     <t>1235 ADAMS</t>
   </si>
   <si>
-    <t>18-00256.000</t>
-[...7 lines deleted...]
-  <si>
     <t>18-00276.000</t>
   </si>
   <si>
     <t>ROTH JAMES I</t>
   </si>
   <si>
     <t>693 WASHINGTON</t>
   </si>
   <si>
     <t>18-00317.000</t>
   </si>
   <si>
     <t>HAHN LYNN A</t>
   </si>
   <si>
     <t>5025 LARCHMONT</t>
   </si>
   <si>
     <t>18-00361.000</t>
   </si>
   <si>
     <t>KRUPA LONI J (LE TO JANET KAY HOROWITZ)</t>
   </si>
   <si>
     <t>4889 PINEVIEW DR</t>
   </si>
   <si>
-    <t>18-00362.000</t>
-[...7 lines deleted...]
-  <si>
     <t>18-00381.000</t>
   </si>
   <si>
     <t>BALL WILLIAM &amp; SANDY</t>
   </si>
   <si>
     <t>1084 SANFORD</t>
   </si>
   <si>
-    <t>18-00392.000</t>
-[...16 lines deleted...]
-  <si>
     <t>18-00514.000</t>
   </si>
   <si>
     <t>PEACEFULL LIFE PROPERTIES LLC</t>
   </si>
   <si>
     <t>EXCHANGE</t>
   </si>
   <si>
-    <t>18-00593.000</t>
-[...34 lines deleted...]
-  <si>
     <t>18-00921.000</t>
   </si>
   <si>
     <t>HILLSDALE LLC</t>
   </si>
   <si>
     <t>4829 WOODVIEW</t>
   </si>
   <si>
     <t>18-00956.000</t>
   </si>
   <si>
     <t>GREGORY PAMELA A</t>
   </si>
   <si>
     <t>5652 FERRY</t>
   </si>
   <si>
     <t>18-01129.000</t>
   </si>
   <si>
     <t>HALL ALAN L &amp; KIMBERLY A</t>
   </si>
   <si>
     <t>ANCHOR POINT</t>
   </si>
   <si>
     <t>18-01130.000</t>
   </si>
   <si>
     <t>18-01131.000</t>
   </si>
   <si>
-    <t>18-01145.000</t>
-[...31 lines deleted...]
-  <si>
     <t>18-01318.000</t>
   </si>
   <si>
     <t>MILLS JEFFREY V &amp; JACKIE</t>
   </si>
   <si>
     <t>1331 BEECHVIEW</t>
   </si>
   <si>
     <t>18-01326.000</t>
   </si>
   <si>
     <t>GALLAHER ALEXANDRIA</t>
   </si>
   <si>
     <t>PARK</t>
   </si>
   <si>
     <t>18-01345.000</t>
   </si>
   <si>
     <t>MYRACLE SHEILA J</t>
   </si>
   <si>
     <t>1288 HOLLYVIEW</t>
@@ -301,155 +187,113 @@
   <si>
     <t>18-01556.000</t>
   </si>
   <si>
     <t>HURD-CLEM CHRISTINE A</t>
   </si>
   <si>
     <t>FISHER</t>
   </si>
   <si>
     <t>18-01630.000</t>
   </si>
   <si>
     <t>4875 WOODVIEW DR</t>
   </si>
   <si>
     <t>18-01672.000</t>
   </si>
   <si>
     <t>SROKA LEONA</t>
   </si>
   <si>
     <t>SR 60</t>
   </si>
   <si>
-    <t>18-01727.000</t>
-[...7 lines deleted...]
-  <si>
     <t>18-01824.000</t>
   </si>
   <si>
     <t>SHERRY DONALD J &amp; ERIKA E CANTU NKA ERIKA E SPRINGS</t>
   </si>
   <si>
     <t>5245 DEVON</t>
   </si>
   <si>
     <t>18-01828.000</t>
   </si>
   <si>
     <t>BOGUSZ LANA E</t>
   </si>
   <si>
     <t>6159 EDSON</t>
   </si>
   <si>
-    <t>18-01856.000</t>
-[...7 lines deleted...]
-  <si>
     <t>18-01909.008</t>
   </si>
   <si>
     <t>DESLOOVER SCOTT G &amp; LESLIE A</t>
   </si>
   <si>
     <t>HAWTHORNE</t>
   </si>
   <si>
-    <t>18-01937.000</t>
-[...4 lines deleted...]
-  <si>
     <t>18-02013.000</t>
   </si>
   <si>
     <t>WILHELM MARY J</t>
   </si>
   <si>
     <t>1391 HOLLYVIEW</t>
   </si>
   <si>
-    <t>18-02066.000</t>
-[...7 lines deleted...]
-  <si>
     <t>18-02093.000</t>
   </si>
   <si>
     <t>KLINGSHIRN CORP</t>
   </si>
   <si>
     <t>WOODVIEW</t>
   </si>
   <si>
     <t>18-02107.000</t>
   </si>
   <si>
     <t>CRAWFORD DENNIS R &amp; SANDRA L</t>
   </si>
   <si>
     <t>1469 LEXINGTON</t>
   </si>
   <si>
     <t>18-02125.000</t>
   </si>
   <si>
     <t>HABERMEHL CHRISTOPHER P</t>
   </si>
   <si>
     <t>CONCORD</t>
   </si>
   <si>
-    <t>18-02129.001</t>
-[...7 lines deleted...]
-  <si>
     <t>18-02165.012</t>
   </si>
   <si>
     <t>GORSHE SHANNON L</t>
   </si>
   <si>
     <t>JACKSON</t>
   </si>
   <si>
     <t>18-02165.020</t>
   </si>
   <si>
     <t>HENES ALLEN &amp; LOIS</t>
   </si>
   <si>
     <t>18-02209.000</t>
   </si>
   <si>
     <t>KLINGSHIRN WILLIAM WILLARD &amp; NANCY ETAL</t>
   </si>
   <si>
     <t>VALLEY VIEW ESTATES</t>
   </si>
   <si>
     <t>18-68010.001</t>
@@ -463,93 +307,66 @@
   <si>
     <t>KOACHWAY SHIRLEY HILLEN</t>
   </si>
   <si>
     <t>6239 SHADYSIDE</t>
   </si>
   <si>
     <t>19-00087.000</t>
   </si>
   <si>
     <t>ROGERS ANNDREA</t>
   </si>
   <si>
     <t>6020 LIBERTY</t>
   </si>
   <si>
     <t>20-00008.000</t>
   </si>
   <si>
     <t>GREGG JEAN ETAL</t>
   </si>
   <si>
     <t>5255 SEVENTH</t>
   </si>
   <si>
-    <t>20-00009.000</t>
-[...16 lines deleted...]
-  <si>
     <t>20-00141.000</t>
   </si>
   <si>
     <t>MILLER SANDRA J &amp; MILLER ROGER G ETAL</t>
   </si>
   <si>
     <t>5125 FIFTH</t>
   </si>
   <si>
     <t>21-00010.000</t>
   </si>
   <si>
     <t>CARROLL MARY ANN</t>
   </si>
   <si>
     <t>409 EWA YEA</t>
-  </si>
-[...7 lines deleted...]
-    <t>405 EWA YEA</t>
   </si>
   <si>
     <t>21-00081.000</t>
   </si>
   <si>
     <t>NAKOMIS ALLOTMENT</t>
   </si>
   <si>
     <t>SHORELINE WAY</t>
   </si>
   <si>
     <t>22-00007.000</t>
   </si>
   <si>
     <t>BENES M JANE</t>
   </si>
   <si>
     <t>RIVERSIDE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -577,70 +394,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F59" headerRowCount="1">
-  <autoFilter ref="A1:F59"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F38" headerRowCount="1">
+  <autoFilter ref="A1:F38"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34727&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19656&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5609&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=7168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16220&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=45161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=1476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38767&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27972&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19144&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37972&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20222&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19389&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15642&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=28582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=28583&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=28581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26769&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=24486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38597&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4479&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=28756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19219&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=40414&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=40515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41540&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9791&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10282&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44422&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=45714&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21847&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16110&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44927&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46327&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=47338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36499&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3950&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15623&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15622&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27346&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=6093&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31636&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46531&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2452&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34727&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5609&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=7168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16220&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=45161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=1476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38767&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19389&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15642&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=28582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=28583&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=28581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4479&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=28756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19219&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=40414&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=40515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9791&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44422&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21847&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16110&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46327&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=47338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36499&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3950&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15623&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27346&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=6093&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46531&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2452&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F59"/>
+  <dimension ref="A1:F38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="52.81865692138672" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="20.96756935119629" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -664,1218 +481,777 @@
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
         <v>1587.68</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>171.69</v>
+        <v>1076.76</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>1076.76</v>
+        <v>49.27</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>2177.03</v>
+        <v>512.52</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>49.27</v>
+        <v>857.91</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>1012.52</v>
+        <v>579.87</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>857.91</v>
+        <v>29.72</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>843.59</v>
+        <v>1823.28</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>579.87</v>
+        <v>1450.27</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>323.63</v>
+        <v>122.25</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E12" s="2">
-        <v>0.23</v>
+        <v>190.33</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E13" s="2">
-        <v>29.72</v>
+        <v>201.77</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E14" s="2">
-        <v>1287.13</v>
+        <v>2861.49</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E15" s="2">
-        <v>382.87</v>
+        <v>4244.55</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E16" s="2">
-        <v>0.09</v>
+        <v>841.67</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="E17" s="2">
-        <v>2326.22</v>
+        <v>158.25</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="E18" s="2">
-        <v>1823.28</v>
+        <v>95.8</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="E19" s="2">
-        <v>1450.27</v>
+        <v>3587.6</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="E20" s="2">
-        <v>122.25</v>
+        <v>1631.81</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="E21" s="2">
-        <v>190.33</v>
+        <v>1011.42</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E22" s="2">
-        <v>201.77</v>
+        <v>708.23</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="B23" s="0" t="s">
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="2">
-        <v>0.02</v>
+        <v>6.76</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E24" s="2">
-        <v>852.43</v>
+        <v>1466.84</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>74</v>
       </c>
       <c r="E25" s="2">
-        <v>1270.5</v>
+        <v>3316.97</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>77</v>
       </c>
       <c r="E26" s="2">
-        <v>0.03</v>
+        <v>3218.33</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>80</v>
       </c>
       <c r="E27" s="2">
-        <v>2861.49</v>
+        <v>334.14</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="2">
-        <v>4244.55</v>
+        <v>2.11</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E29" s="2">
-        <v>841.67</v>
+        <v>81.18</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" s="2">
-        <v>158.25</v>
+        <v>3457.47</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>92</v>
+        <v>59</v>
       </c>
       <c r="E31" s="2">
-        <v>95.8</v>
+        <v>2.76</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E32" s="2">
-        <v>3587.6</v>
+        <v>4249.03</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="C33" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="2">
-        <v>1631.81</v>
+        <v>564.54</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B34" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="B34" s="0" t="s">
+      <c r="C34" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="C34" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E34" s="2">
-        <v>421.11</v>
+        <v>606.75</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B35" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="B35" s="0" t="s">
+      <c r="C35" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E35" s="2">
-        <v>1011.42</v>
+        <v>134.59</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="B36" s="0" t="s">
+      <c r="C36" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C36" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E36" s="2">
-        <v>708.23</v>
+        <v>2121.63</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="B37" s="0" t="s">
+      <c r="C37" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E37" s="2">
-        <v>633.5</v>
+        <v>870.52</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="C38" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C38" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E38" s="2">
-        <v>6.76</v>
+        <v>610.23</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>10</v>
-[...418 lines deleted...]
-      <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
-    <hyperlink ref="F39" r:id="rId39"/>
-[...19 lines deleted...]
-    <hyperlink ref="F59" r:id="rId59"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>