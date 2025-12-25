--- v0 (2025-10-31)
+++ v1 (2025-12-25)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="745" uniqueCount="745">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="540" uniqueCount="540">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>56-00113.000</t>
   </si>
   <si>
     <t>WOOTEN STEVE</t>
   </si>
   <si>
@@ -67,1103 +67,746 @@
   <si>
     <t>WATER STREET LOFTS CONDOMINIUM ASSOCIATION INC</t>
   </si>
   <si>
     <t>409 WATER</t>
   </si>
   <si>
     <t>56-00164.000</t>
   </si>
   <si>
     <t>THE PRIVATE COMPANY LLC</t>
   </si>
   <si>
     <t>412 COLUMBUS</t>
   </si>
   <si>
     <t>56-00255.000</t>
   </si>
   <si>
     <t>426 HURON SANDUSKY LLC</t>
   </si>
   <si>
     <t>426 HURON</t>
   </si>
   <si>
-    <t>56-00316.000</t>
-[...7 lines deleted...]
-  <si>
     <t>56-00375.001</t>
   </si>
   <si>
     <t>MCKILLIPS DANIEL C</t>
   </si>
   <si>
     <t>333 ANDERSON ANNEX</t>
   </si>
   <si>
-    <t>56-00554.000</t>
-[...7 lines deleted...]
-  <si>
     <t>56-00596.000</t>
   </si>
   <si>
     <t>DABNEY BRYAN</t>
   </si>
   <si>
     <t>531 ADAMS</t>
   </si>
   <si>
-    <t>56-00940.000</t>
-[...7 lines deleted...]
-  <si>
     <t>56-01018.001</t>
   </si>
   <si>
     <t>LANCE MARK</t>
   </si>
   <si>
     <t>PERRY</t>
   </si>
   <si>
     <t>56-01076.000</t>
   </si>
   <si>
     <t>5 PROPERTY INVESTMENTS LLC</t>
   </si>
   <si>
     <t>521 PERRY</t>
   </si>
   <si>
-    <t>56-01174.167</t>
-[...14 lines deleted...]
-    <t>56-01260.000</t>
+    <t>57-00132.000</t>
+  </si>
+  <si>
+    <t>MURRAY JOHN TIMOTHY JR</t>
+  </si>
+  <si>
+    <t>121 CABLE</t>
+  </si>
+  <si>
+    <t>57-00515.000</t>
+  </si>
+  <si>
+    <t>BROWN VANESSA</t>
+  </si>
+  <si>
+    <t>THIRD</t>
+  </si>
+  <si>
+    <t>57-00532.000</t>
+  </si>
+  <si>
+    <t>BROWN MARY D</t>
+  </si>
+  <si>
+    <t>436 GRANT</t>
+  </si>
+  <si>
+    <t>57-00533.000</t>
+  </si>
+  <si>
+    <t>GRANT</t>
+  </si>
+  <si>
+    <t>57-00613.000</t>
+  </si>
+  <si>
+    <t>JONES ROSEMARY J</t>
+  </si>
+  <si>
+    <t>522 TAYLOR</t>
+  </si>
+  <si>
+    <t>5700654</t>
+  </si>
+  <si>
+    <t>TOMPKINS MELINA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">114 SPRUCEWOOD  LOT 114</t>
+  </si>
+  <si>
+    <t>57-00678.000</t>
+  </si>
+  <si>
+    <t>SHINE GIRTHA &amp; SAMANTHA</t>
+  </si>
+  <si>
+    <t>SIXTH</t>
+  </si>
+  <si>
+    <t>57-00729.000</t>
+  </si>
+  <si>
+    <t>CAMP CHASE MICHAEL &amp; TAMMY LYNN</t>
+  </si>
+  <si>
+    <t>231 LANE</t>
+  </si>
+  <si>
+    <t>5700833</t>
+  </si>
+  <si>
+    <t>OH BAYSHORE ESTATES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 SPRUCEWOOD  LOT 07</t>
+  </si>
+  <si>
+    <t>5700836</t>
+  </si>
+  <si>
+    <t>ENGELMAN JACK M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">193 PALMER  LOT 193</t>
+  </si>
+  <si>
+    <t>5700838</t>
+  </si>
+  <si>
+    <t>UMH RENTALS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17 SPRUCEWOOD  LOT 17</t>
+  </si>
+  <si>
+    <t>5700840</t>
+  </si>
+  <si>
+    <t>LOTT MICHAEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44 SHOREWAY  LOT 44</t>
+  </si>
+  <si>
+    <t>5700869</t>
+  </si>
+  <si>
+    <t>CARLSON OTTO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">182 PALMER  LOT 182</t>
+  </si>
+  <si>
+    <t>5700870</t>
+  </si>
+  <si>
+    <t xml:space="preserve">53 CEDARWOOD  LOT 53</t>
+  </si>
+  <si>
+    <t>5700889</t>
+  </si>
+  <si>
+    <t>WEST DEMETRISS D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34 BIRCHWOOD  LOT 34</t>
+  </si>
+  <si>
+    <t>5700897</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20 PALMER  LOT 20</t>
+  </si>
+  <si>
+    <t>5700908</t>
+  </si>
+  <si>
+    <t>UMH PROPERTIES INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50 CEDARWOOD  LOT 50</t>
+  </si>
+  <si>
+    <t>5700914</t>
+  </si>
+  <si>
+    <t xml:space="preserve">156 CEDARWOOD  LOT 156</t>
+  </si>
+  <si>
+    <t>5700943</t>
+  </si>
+  <si>
+    <t>JBALI DANIELLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">169 SHOREWAY  LOT 169</t>
+  </si>
+  <si>
+    <t>5700953</t>
+  </si>
+  <si>
+    <t>YODER PHENEAS M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33 BIRCHWOOD  LOT 33</t>
+  </si>
+  <si>
+    <t>5700969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">47 SHOREWAY  LOT 47</t>
+  </si>
+  <si>
+    <t>5701031</t>
+  </si>
+  <si>
+    <t>ROHRBACHER MARGARET &amp; HANNAH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 SPRUCEWOOD  LOT 02</t>
+  </si>
+  <si>
+    <t>5701044</t>
+  </si>
+  <si>
+    <t>SCOTT KENNETH J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">103 SHOREWAY  LOT 103</t>
+  </si>
+  <si>
+    <t>5701049</t>
+  </si>
+  <si>
+    <t>HOLZMILLER AIYSIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70 SHOREWAY  LOT 70</t>
+  </si>
+  <si>
+    <t>5701050</t>
+  </si>
+  <si>
+    <t>HODGKINSON JANICE L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">159 CEDARWOOD  LOT 159</t>
+  </si>
+  <si>
+    <t>57-01062.000</t>
+  </si>
+  <si>
+    <t>NICKELSON DIAUNDRE</t>
+  </si>
+  <si>
+    <t>SYCAMORE LINE</t>
+  </si>
+  <si>
+    <t>57-01063.000</t>
+  </si>
+  <si>
+    <t>1831 SYCAMORE LINE</t>
+  </si>
+  <si>
+    <t>5701071</t>
+  </si>
+  <si>
+    <t>ANGUS JACQUELYN P</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90 PALMER  LOT 90</t>
+  </si>
+  <si>
+    <t>5701112</t>
+  </si>
+  <si>
+    <t>YADO DOMINIC</t>
+  </si>
+  <si>
+    <t>27 PALMER DR LOT 27</t>
+  </si>
+  <si>
+    <t>5701116</t>
+  </si>
+  <si>
+    <t>HAMMONS MARIA E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">66 SPRUCEWOOD  LOT 66</t>
+  </si>
+  <si>
+    <t>57-01122.000</t>
+  </si>
+  <si>
+    <t>STEELE NATASHA K &amp; WILLIE C</t>
+  </si>
+  <si>
+    <t>1132 HUNTINGTON</t>
+  </si>
+  <si>
+    <t>5701131</t>
+  </si>
+  <si>
+    <t>PRIEUR MONTEE &amp; SHERRI FREDERICK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">39 SHOREWAY  LOT 39</t>
+  </si>
+  <si>
+    <t>5701182</t>
+  </si>
+  <si>
+    <t>ONTKO CARLA G</t>
+  </si>
+  <si>
+    <t>35 E SPRUCEWOOD DR LOT 35</t>
+  </si>
+  <si>
+    <t>57-01197.000</t>
+  </si>
+  <si>
+    <t>ADAMS MICHAEL D</t>
+  </si>
+  <si>
+    <t>FALLEN TIMBER</t>
+  </si>
+  <si>
+    <t>5701203</t>
+  </si>
+  <si>
+    <t>CAREY GLENN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">130 BIRCHWOOD  LOT 130</t>
+  </si>
+  <si>
+    <t>57-01208.000</t>
+  </si>
+  <si>
+    <t>CURRENCY CONTRACTORS LLC</t>
+  </si>
+  <si>
+    <t>OLDGATE</t>
+  </si>
+  <si>
+    <t>5701214</t>
+  </si>
+  <si>
+    <t>SARTOSKI MARTIN B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12 SPRUCEWOOD  LOT 12</t>
+  </si>
+  <si>
+    <t>5701221</t>
+  </si>
+  <si>
+    <t>WITTER SHARON K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">122 PALMER  LOT 122</t>
+  </si>
+  <si>
+    <t>5701235</t>
+  </si>
+  <si>
+    <t>BAYSHORE ESTATES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">92 PALMER  LOT 92</t>
+  </si>
+  <si>
+    <t>5701269</t>
+  </si>
+  <si>
+    <t>ADAMS SHEILA M &amp; MONTY L NEELEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6 SPRUCEWOOD  LOT 06</t>
+  </si>
+  <si>
+    <t>5701276</t>
+  </si>
+  <si>
+    <t>STOLL STACEY E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30 BIRCHWOOD  LOT 30</t>
+  </si>
+  <si>
+    <t>5701284</t>
+  </si>
+  <si>
+    <t>ROYSTER SHELLENE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">178 CEDARWOOD  LOT 178</t>
+  </si>
+  <si>
+    <t>5701287</t>
+  </si>
+  <si>
+    <t>VOLTZ DARLA S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">180 CEDARWOOD  LOT 180</t>
+  </si>
+  <si>
+    <t>5701290</t>
+  </si>
+  <si>
+    <t xml:space="preserve">105 SHOREWAY  LOT 105</t>
+  </si>
+  <si>
+    <t>5701292</t>
+  </si>
+  <si>
+    <t>JENNINGS ANTHONY W JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">146 SHOREWAY  LOT 146</t>
+  </si>
+  <si>
+    <t>5701353</t>
+  </si>
+  <si>
+    <t>HOCKENBERRY CHRISTINE H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">170 SHOREWAY  LOT 170</t>
+  </si>
+  <si>
+    <t>5701359</t>
+  </si>
+  <si>
+    <t>TOVAR RICHARD D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">86 PALMER  LOT 86</t>
+  </si>
+  <si>
+    <t>57-01359.000</t>
+  </si>
+  <si>
+    <t>GAMBLIN JIMMY L</t>
+  </si>
+  <si>
+    <t>1709 KNUPKE</t>
+  </si>
+  <si>
+    <t>5701663</t>
+  </si>
+  <si>
+    <t xml:space="preserve">56 CEDARWOOD  LOT 56</t>
+  </si>
+  <si>
+    <t>5701669</t>
+  </si>
+  <si>
+    <t>THOMPSON CHRIS J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">118 PALMER  LOT 118</t>
+  </si>
+  <si>
+    <t>5701688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 SPRUCEWOOD  LOT 03</t>
+  </si>
+  <si>
+    <t>5701705</t>
+  </si>
+  <si>
+    <t xml:space="preserve">132 BIRCHWOOD  LOT 132</t>
+  </si>
+  <si>
+    <t>5701754</t>
+  </si>
+  <si>
+    <t>NEWCOMB CALEB</t>
+  </si>
+  <si>
+    <t>31 BIRCHWOOD CT LOT 31</t>
+  </si>
+  <si>
+    <t>5701759</t>
+  </si>
+  <si>
+    <t>LEE DAVID &amp; BRENDA</t>
+  </si>
+  <si>
+    <t>131 BIRCHWOOD CT LOT 131</t>
+  </si>
+  <si>
+    <t>5701765</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28 BIRCHWOOD  LOT 28</t>
+  </si>
+  <si>
+    <t>5701785</t>
+  </si>
+  <si>
+    <t>JIMENEZ ROB</t>
+  </si>
+  <si>
+    <t>157 CEDARWOOD DR LOT 157</t>
+  </si>
+  <si>
+    <t>5701834</t>
+  </si>
+  <si>
+    <t>SNYDER JASON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7507 WAHL D4  LOT D4</t>
+  </si>
+  <si>
+    <t>5701836</t>
+  </si>
+  <si>
+    <t xml:space="preserve">64 SPRUCEWOOD  LOT 64</t>
+  </si>
+  <si>
+    <t>5701842</t>
+  </si>
+  <si>
+    <t xml:space="preserve">115 SPRUCEWOOD  LOT 115</t>
+  </si>
+  <si>
+    <t>57-02341.000</t>
+  </si>
+  <si>
+    <t>JONES THEOTIS</t>
+  </si>
+  <si>
+    <t>HUNTINGTON</t>
+  </si>
+  <si>
+    <t>57-02522.000</t>
+  </si>
+  <si>
+    <t>KNUPKE WENDY L</t>
+  </si>
+  <si>
+    <t>906 THIRD</t>
+  </si>
+  <si>
+    <t>57-02645.000</t>
+  </si>
+  <si>
+    <t>LANG ROBIN N</t>
+  </si>
+  <si>
+    <t>1715 COLUMBUS</t>
+  </si>
+  <si>
+    <t>57-02693.000</t>
+  </si>
+  <si>
+    <t>MAYO HOLLIES PEGGY J &amp; KEVIANNE</t>
+  </si>
+  <si>
+    <t>1425 HUNTINGTON</t>
+  </si>
+  <si>
+    <t>57-02748.000</t>
+  </si>
+  <si>
+    <t>JEFFRIES SYLVESTER JR &amp; QUIANA MCGILL</t>
+  </si>
+  <si>
+    <t>2020 COLUMBUS</t>
+  </si>
+  <si>
+    <t>57-03140.000</t>
+  </si>
+  <si>
+    <t>GORBY CRISS</t>
+  </si>
+  <si>
+    <t>809 HANCOCK</t>
+  </si>
+  <si>
+    <t>57-03426.000</t>
+  </si>
+  <si>
+    <t>GAJKOWSKI MARK F</t>
+  </si>
+  <si>
+    <t>544 NANTUCKET</t>
+  </si>
+  <si>
+    <t>57-03757.000</t>
+  </si>
+  <si>
+    <t>POTZ GEORGE</t>
+  </si>
+  <si>
+    <t>CLEVELAND</t>
+  </si>
+  <si>
+    <t>57-03833.000</t>
+  </si>
+  <si>
+    <t>RLR PROPERTIES LTD</t>
+  </si>
+  <si>
+    <t>FIRST</t>
+  </si>
+  <si>
+    <t>57-04284.000</t>
+  </si>
+  <si>
+    <t>NESTOR MEGHAAN R</t>
+  </si>
+  <si>
+    <t>FIFTH ST</t>
+  </si>
+  <si>
+    <t>57-04285.000</t>
+  </si>
+  <si>
+    <t>CAMPBELL STEVEN</t>
+  </si>
+  <si>
+    <t>1128 HUNTINGTON</t>
+  </si>
+  <si>
+    <t>57-04363.000</t>
+  </si>
+  <si>
+    <t>SCOTT MARGARET ETAL</t>
+  </si>
+  <si>
+    <t>BUTLER</t>
+  </si>
+  <si>
+    <t>57-04364.000</t>
+  </si>
+  <si>
+    <t>SCOTT MARGARET</t>
+  </si>
+  <si>
+    <t>TAFT</t>
+  </si>
+  <si>
+    <t>57-04449.000</t>
+  </si>
+  <si>
+    <t>736 PARK</t>
+  </si>
+  <si>
+    <t>57-04454.000</t>
+  </si>
+  <si>
+    <t>SHINE ELZADA &amp; SHARON ETAL</t>
+  </si>
+  <si>
+    <t>1515 FARWELL</t>
+  </si>
+  <si>
+    <t>57-04771.000</t>
+  </si>
+  <si>
+    <t>SWANSON ROBERT P</t>
+  </si>
+  <si>
+    <t>1908 PIPE</t>
+  </si>
+  <si>
+    <t>57-04818.000</t>
   </si>
   <si>
     <t>CAMPBELL SYLVIA G</t>
   </si>
   <si>
-    <t>505 PERRY</t>
-[...919 lines deleted...]
-  <si>
     <t>1305 HUNTINGTON</t>
   </si>
   <si>
-    <t>57-05060.000</t>
-[...16 lines deleted...]
-  <si>
     <t>57-05225.000</t>
   </si>
   <si>
     <t>BRENNAN PATRICK</t>
   </si>
   <si>
     <t>DEPOT ST</t>
   </si>
   <si>
     <t>57-05260.000</t>
   </si>
   <si>
     <t>PROPHET JASON</t>
   </si>
   <si>
     <t>1329 HUNTINGTON</t>
   </si>
   <si>
-    <t>57-05430.000</t>
-[...7 lines deleted...]
-  <si>
     <t>57-05728.009</t>
   </si>
   <si>
     <t>COLO INVESTMENTS LLC</t>
   </si>
   <si>
     <t>70 MARINA POINT</t>
   </si>
   <si>
     <t>57-05877.000</t>
   </si>
   <si>
     <t>VAUGHN DEMAREO TERRENCE</t>
   </si>
   <si>
     <t>527 OGONTZ</t>
   </si>
   <si>
     <t>57-05912.000</t>
   </si>
   <si>
     <t>CROMER TROY G SUCCESSOR TRUSTEE</t>
   </si>
   <si>
     <t>57-05983.001</t>
@@ -1216,254 +859,140 @@
   <si>
     <t>57-90114.000</t>
   </si>
   <si>
     <t>NORFOLK &amp; SOUTHERN RAILWAY CO</t>
   </si>
   <si>
     <t>58-00011.000</t>
   </si>
   <si>
     <t>LEONE THERESE M</t>
   </si>
   <si>
     <t>819 CENTRAL</t>
   </si>
   <si>
     <t>58-00024.000</t>
   </si>
   <si>
     <t>POPE ROBERT K</t>
   </si>
   <si>
     <t>1312 BUCHANAN</t>
   </si>
   <si>
-    <t>58-00040.000</t>
-[...7 lines deleted...]
-  <si>
     <t>58-00142.000</t>
   </si>
   <si>
     <t>VIRK RAGHBIR SINGH &amp; BHAJAN KAUR</t>
   </si>
   <si>
     <t>1508 PIERCE</t>
   </si>
   <si>
     <t>58-00143.000</t>
   </si>
   <si>
     <t>PIERCE</t>
   </si>
   <si>
     <t>58-00144.000</t>
   </si>
   <si>
-    <t>58-00327.000</t>
-[...7 lines deleted...]
-  <si>
     <t>58-00486.000</t>
   </si>
   <si>
     <t>CUNNINGHAM BERNADETTE &amp; ANRICO CUNNINGHAM</t>
   </si>
   <si>
     <t>1630 PUTNAM</t>
   </si>
   <si>
-    <t>58-00538.000</t>
-[...34 lines deleted...]
-  <si>
     <t>58-00777.002</t>
   </si>
   <si>
     <t>ROBERTS JULIE A</t>
   </si>
   <si>
     <t>1024 KING</t>
   </si>
   <si>
-    <t>58-00827.000</t>
-[...7 lines deleted...]
-  <si>
     <t>58-00968.000</t>
   </si>
   <si>
     <t>GILL-COLON VALERIE ANN</t>
   </si>
   <si>
     <t>CAMP ST</t>
   </si>
   <si>
     <t>58-01103.000</t>
   </si>
   <si>
     <t>SHINE MICHAEL</t>
   </si>
   <si>
     <t>1505 PIERCE</t>
   </si>
   <si>
     <t>58-01131.000</t>
   </si>
   <si>
     <t>KL &amp; CH LLC</t>
   </si>
   <si>
     <t>DECATUR</t>
   </si>
   <si>
     <t>58-01144.000</t>
   </si>
   <si>
     <t>JACKSON STARLIN</t>
   </si>
   <si>
     <t>1819 CAMP ST</t>
   </si>
   <si>
     <t>58-01171.000</t>
   </si>
   <si>
     <t>JONES ANTHONY JR</t>
   </si>
   <si>
     <t>1702 SHELBY</t>
   </si>
   <si>
-    <t>58-01218.000</t>
-[...40 lines deleted...]
-  <si>
     <t>58-01761.000</t>
   </si>
   <si>
     <t>BROWN ESSIE B &amp; ESSIE BELL BROWN</t>
   </si>
   <si>
     <t>1809 CLAY</t>
   </si>
   <si>
-    <t>58-01901.000</t>
-[...7 lines deleted...]
-  <si>
     <t>58-02037.000</t>
   </si>
   <si>
     <t>COEN AMANDA ETAL</t>
   </si>
   <si>
     <t>1815 HAYES</t>
   </si>
   <si>
     <t>58-02073.000</t>
   </si>
   <si>
     <t>KAPELA JEFFREY A</t>
   </si>
   <si>
     <t>1613 PROSPECT</t>
   </si>
   <si>
     <t>58-02249.000</t>
   </si>
   <si>
     <t>HARTLAGE GREGORY &amp; JENNIFER</t>
   </si>
   <si>
     <t>919 A</t>
@@ -1537,411 +1066,267 @@
   <si>
     <t>WARD RICHARD A</t>
   </si>
   <si>
     <t>2205 OLDS</t>
   </si>
   <si>
     <t>58-02501.000</t>
   </si>
   <si>
     <t>INVERSE ASSET FUND LLC</t>
   </si>
   <si>
     <t>718 FOX</t>
   </si>
   <si>
     <t>58-02541.000</t>
   </si>
   <si>
     <t>TURNER THELMA &amp; FRANCINE &amp; LINDA</t>
   </si>
   <si>
     <t>706 DECATUR</t>
   </si>
   <si>
-    <t>58-02593.000</t>
-[...7 lines deleted...]
-  <si>
     <t>58-02603.000</t>
   </si>
   <si>
     <t>KLAEHN GEORGE LOUIS</t>
   </si>
   <si>
     <t>722 OSBORNE</t>
   </si>
   <si>
     <t>58-02735.000</t>
   </si>
   <si>
     <t>GERBER JERI A</t>
   </si>
   <si>
     <t>1008 MONROE</t>
   </si>
   <si>
-    <t>58-02828.000</t>
-[...7 lines deleted...]
-  <si>
     <t>58-02931.000</t>
   </si>
   <si>
     <t>ROTH KEVIN D</t>
   </si>
   <si>
     <t>1921 TIFFIN</t>
   </si>
   <si>
     <t>59-00035.000</t>
   </si>
   <si>
     <t>WASHINGTON</t>
   </si>
   <si>
-    <t>59-00158.000</t>
-[...25 lines deleted...]
-  <si>
     <t>59-00445.000</t>
   </si>
   <si>
     <t>PATRICK JOHN R</t>
   </si>
   <si>
     <t>312 LAWRENCE</t>
   </si>
   <si>
     <t>59-00530.000</t>
   </si>
   <si>
     <t>BLISSIT MICHAEL</t>
   </si>
   <si>
     <t>1213 MONROE</t>
   </si>
   <si>
     <t>59-00630.000</t>
   </si>
   <si>
     <t>SCRIPPS JUDITH A</t>
   </si>
   <si>
     <t>MILNE</t>
   </si>
   <si>
     <t>59-00642.000</t>
   </si>
   <si>
     <t>KUSSER OBY &amp; MARLENE</t>
   </si>
   <si>
     <t>623 CLINTON</t>
   </si>
   <si>
+    <t>59-00647.000</t>
+  </si>
+  <si>
+    <t>SANTORO BRADLEY S</t>
+  </si>
+  <si>
+    <t>1823 MADISON</t>
+  </si>
+  <si>
     <t>59-00665.000</t>
   </si>
   <si>
     <t>903 WASHINGTON</t>
   </si>
   <si>
-    <t>59-00691.000</t>
-[...13 lines deleted...]
-  <si>
     <t>59-00784.000</t>
   </si>
   <si>
     <t>COLLINGSWORTH MICHAEL D JR</t>
   </si>
   <si>
     <t>620 JAY</t>
   </si>
   <si>
     <t>59-00837.000</t>
   </si>
   <si>
     <t>BARKER JOHN W</t>
   </si>
   <si>
     <t>539 TIFFIN AVE</t>
   </si>
   <si>
     <t>59-00858.000</t>
   </si>
   <si>
     <t>KROMER JILL C &amp; BRETT A</t>
   </si>
   <si>
     <t>59-00920.000</t>
   </si>
   <si>
     <t>POLTA LAWRENCE C &amp; CRAIG A</t>
   </si>
   <si>
     <t>614 GARTLAND</t>
   </si>
   <si>
     <t>59-00921.000</t>
   </si>
   <si>
-    <t>59-00980.000</t>
-[...16 lines deleted...]
-  <si>
     <t>59-01008.000</t>
   </si>
   <si>
     <t>BERRY DAMON MAURISE</t>
   </si>
   <si>
     <t>311 TIFFIN</t>
   </si>
   <si>
     <t>59-01171.000</t>
   </si>
   <si>
     <t>BALLMAN ENTERPRISES LLC</t>
   </si>
   <si>
     <t>MCDONOUGH</t>
   </si>
   <si>
     <t>59-01293.000</t>
   </si>
   <si>
     <t>GRANT MARLON D ETAL</t>
   </si>
   <si>
     <t>1001 MONROE</t>
   </si>
   <si>
-    <t>59-01300.001</t>
-[...16 lines deleted...]
-  <si>
     <t>59-01325.000</t>
   </si>
   <si>
     <t>WIRSCHE ALLAN</t>
   </si>
   <si>
     <t>1106 MARKET</t>
   </si>
   <si>
-    <t>59-01335.000</t>
-[...7 lines deleted...]
-  <si>
     <t>59-65002.000</t>
   </si>
   <si>
     <t>SPIRIT &amp; TRUTH MINISTRIES OF SANDUSKY</t>
   </si>
   <si>
     <t>LAWRENCE</t>
   </si>
   <si>
-    <t>60-00043.045</t>
-[...7 lines deleted...]
-  <si>
     <t>60-00043.047</t>
   </si>
   <si>
     <t>KLUDING DAVID R</t>
   </si>
   <si>
     <t>709 WALNUT RIDGE</t>
   </si>
   <si>
     <t>60-00043.058</t>
   </si>
   <si>
     <t>CAMPBELL STEVEN &amp; ROSILAND L NUBY</t>
   </si>
   <si>
     <t>818 OLD MILL PL</t>
   </si>
   <si>
-    <t>60-00160.000</t>
-[...16 lines deleted...]
-  <si>
     <t>60-00171.000</t>
   </si>
   <si>
     <t>SCHULTZ DANIEL J</t>
   </si>
   <si>
     <t>5511 MCCARTNEY</t>
   </si>
   <si>
     <t>60-00187.000</t>
   </si>
   <si>
     <t>STATE OF OHIO</t>
   </si>
   <si>
     <t>3709 LINDEN</t>
   </si>
   <si>
-    <t>60-00192.000</t>
-[...8 lines deleted...]
-    <t>60-00194.001</t>
+    <t>60-00388.000</t>
+  </si>
+  <si>
+    <t>SCHUMACHER EDWINA L</t>
+  </si>
+  <si>
+    <t>EDGEWATER</t>
+  </si>
+  <si>
+    <t>60-00565.000</t>
+  </si>
+  <si>
+    <t>GERBER GEROLD F ETAL</t>
   </si>
   <si>
     <t>MCCARTNEY</t>
-  </si>
-[...22 lines deleted...]
-    <t>4704 VENICE HEIGHTS BLVD</t>
   </si>
   <si>
     <t>60-00673.000</t>
   </si>
   <si>
     <t>BROOKSIDE CENTERS INC</t>
   </si>
   <si>
     <t>CHURCH</t>
   </si>
   <si>
     <t>6000868</t>
   </si>
   <si>
     <t>MATTHEWS DOUGLAS H</t>
   </si>
   <si>
     <t>4212 VENICE 11 RD LOT 11</t>
   </si>
   <si>
     <t>6000888</t>
   </si>
   <si>
     <t>NIMRICHTER ANTHONY</t>
   </si>
@@ -2293,5320 +1678,3840 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F262" headerRowCount="1">
-  <autoFilter ref="A1:F262"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F188" headerRowCount="1">
+  <autoFilter ref="A1:F188"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=6902&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=25490&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=40404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=11444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=236&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=18189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44719&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=6123&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50386&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50211&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49737&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49646&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50121&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49724&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50317&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50497&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=7396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17977&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49357&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50331&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50677&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50773&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16224&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29519&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=48369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23224&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=25991&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=25988&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=18631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13928&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=30888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31034&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=48301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15368&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=25425&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=30212&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=40162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26227&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44149&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38998&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44580&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=6021&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46425&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26409&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41566&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=1507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=11103&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14039&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44978&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=35804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=18842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43121&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10545&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=45488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41665&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20034&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41682&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42919&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=6055&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=25799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27485&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21514&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=48220&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=45206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=45369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=45757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=1946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=40395&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=40396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36532&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=30198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50062&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49919&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50538&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50264&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49850&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50408&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50346&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50654&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=6902&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=6123&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50386&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50211&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49737&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49646&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50121&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49724&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50317&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50497&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=7396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49357&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50331&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50677&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50773&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29519&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=25991&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13928&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=40162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26227&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38998&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44580&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=6021&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46425&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26409&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41566&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=1507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=18842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10545&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=45488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41665&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20034&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41682&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27485&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=45369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36532&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50062&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49919&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50538&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50264&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49850&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50408&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50346&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50654&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F262"/>
+  <dimension ref="A1:F188"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="54.47193145751953" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="28.142324447631836" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>284.13</v>
+        <v>7.58</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>480.6</v>
+        <v>493.42</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>5173.48</v>
+        <v>5311.45</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>1251.13</v>
+        <v>1284.49</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>1.42</v>
+        <v>440.86</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>1013.82</v>
+        <v>1498.14</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>834.5</v>
+        <v>2</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>1459.23</v>
+        <v>2153.71</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>819.61</v>
+        <v>512.29</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>1.95</v>
+        <v>134.97</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>2097.77</v>
+        <v>2631.52</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="C13" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E13" s="2">
-        <v>2775.07</v>
+        <v>242.79</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="2">
-        <v>1896.17</v>
+        <v>23.91</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="2">
-        <v>1119.44</v>
+        <v>333.3</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="2">
-        <v>45.27</v>
+        <v>1310.49</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="2">
-        <v>481.04</v>
+        <v>923.45</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="2">
-        <v>1960.02</v>
+        <v>522.44</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="2">
-        <v>301.12</v>
+        <v>5493.09</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E20" s="2">
-        <v>131.46</v>
+        <v>164.4</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="2">
-        <v>2563.17</v>
+        <v>129.49</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E22" s="2">
-        <v>236.48</v>
+        <v>697.57</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E23" s="2">
-        <v>23.29</v>
+        <v>541.35</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="E24" s="2">
-        <v>324.65</v>
+        <v>93.26</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B25" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" s="2">
-        <v>1276.45</v>
+        <v>195.66</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="2">
-        <v>1863.79</v>
+        <v>33.07</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E27" s="2">
-        <v>163.18</v>
+        <v>151.26</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="B28" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E28" s="2">
-        <v>899.46</v>
+        <v>942.08</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B29" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E29" s="2">
-        <v>508.87</v>
+        <v>264.77</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>91</v>
+        <v>56</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E30" s="2">
-        <v>5350.41</v>
+        <v>323.41</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="E31" s="2">
-        <v>160.13</v>
+        <v>41.83</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E32" s="2">
-        <v>126.13</v>
+        <v>95.22</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="E33" s="2">
-        <v>679.44</v>
+        <v>1372.33</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="E34" s="2">
-        <v>527.29</v>
+        <v>207.97</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="B35" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E35" s="2">
-        <v>90.84</v>
+        <v>32.06</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="E36" s="2">
-        <v>190.58</v>
+        <v>2687.12</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E37" s="2">
-        <v>32.22</v>
+        <v>2062.86</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="B38" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E38" s="2">
-        <v>147.33</v>
+        <v>463.42</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="B39" s="0" t="s">
+      <c r="C39" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="C39" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" s="2">
-        <v>917.61</v>
+        <v>114.56</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="2">
-        <v>257.89</v>
+        <v>162.5</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E41" s="2">
-        <v>315.01</v>
+        <v>1311.4</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E42" s="2">
-        <v>40.74</v>
+        <v>251.04</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E43" s="2">
-        <v>92.75</v>
+        <v>249.92</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>130</v>
       </c>
       <c r="E44" s="2">
-        <v>1336.68</v>
+        <v>509.92</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>133</v>
       </c>
       <c r="E45" s="2">
-        <v>202.57</v>
+        <v>257.91</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>136</v>
       </c>
       <c r="E46" s="2">
-        <v>31.23</v>
+        <v>899.1</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E47" s="2">
-        <v>2617.32</v>
+        <v>1217.13</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E48" s="2">
-        <v>2009.27</v>
+        <v>78.94</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E49" s="2">
-        <v>451.39</v>
+        <v>244.7</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E50" s="2">
-        <v>111.58</v>
+        <v>36.28</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E51" s="2">
-        <v>158.28</v>
+        <v>354.27</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E52" s="2">
-        <v>1277.33</v>
+        <v>382.79</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>155</v>
+        <v>56</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>156</v>
       </c>
       <c r="E53" s="2">
-        <v>467.62</v>
+        <v>182.67</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>159</v>
       </c>
       <c r="E54" s="2">
-        <v>244.52</v>
+        <v>393.68</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>162</v>
       </c>
       <c r="E55" s="2">
-        <v>243.43</v>
+        <v>2713.59</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>165</v>
       </c>
       <c r="E56" s="2">
-        <v>496.67</v>
+        <v>896.34</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>168</v>
       </c>
       <c r="E57" s="2">
-        <v>251.21</v>
+        <v>970.73</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B58" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="C58" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E58" s="2">
-        <v>875.75</v>
+        <v>648.89</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C59" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E59" s="2">
-        <v>1185.53</v>
+        <v>9057.98</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="B60" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E60" s="2">
-        <v>76.89</v>
+        <v>129.16</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>179</v>
+        <v>129</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="E61" s="2">
-        <v>238.34</v>
+        <v>293.22</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="E62" s="2">
-        <v>35.34</v>
+        <v>637.94</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E63" s="2">
-        <v>345.06</v>
+        <v>1659.23</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>188</v>
+        <v>56</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="E64" s="2">
-        <v>372.85</v>
+        <v>449.29</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>88</v>
+        <v>187</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="E65" s="2">
-        <v>177.92</v>
+        <v>2562.88</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="E66" s="2">
-        <v>383.45</v>
+        <v>91.85</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>196</v>
+        <v>56</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="E67" s="2">
-        <v>2643.1</v>
+        <v>224.84</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>199</v>
+        <v>56</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="E68" s="2">
-        <v>873.06</v>
+        <v>1402.52</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="E69" s="2">
-        <v>945.52</v>
+        <v>151.72</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="E70" s="2">
-        <v>52.3</v>
+        <v>1077.01</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="E71" s="2">
-        <v>748.18</v>
+        <v>2734.2</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>88</v>
+        <v>206</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="E72" s="2">
-        <v>632.04</v>
+        <v>834.1</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="E73" s="2">
-        <v>8822.71</v>
+        <v>399.85</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>88</v>
+        <v>212</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="E74" s="2">
-        <v>125.81</v>
+        <v>2545.53</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>164</v>
+        <v>215</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="E75" s="2">
-        <v>285.6</v>
+        <v>4961.73</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="B76" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E76" s="2">
-        <v>621.37</v>
+        <v>5468.91</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="B77" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E77" s="2">
-        <v>1616.14</v>
+        <v>1607.93</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="B78" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E78" s="2">
-        <v>437.62</v>
+        <v>3122.76</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="B79" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="B79" s="0" t="s">
+      <c r="C79" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="C79" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E79" s="2">
-        <v>2496.32</v>
+        <v>1685.09</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="B80" s="0" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>231</v>
       </c>
       <c r="E80" s="2">
-        <v>354.73</v>
+        <v>92.24</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>232</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>233</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>234</v>
       </c>
       <c r="E81" s="2">
-        <v>89.46</v>
+        <v>63.45</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>235</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>88</v>
+        <v>30</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>236</v>
       </c>
       <c r="E82" s="2">
-        <v>219</v>
+        <v>2178.83</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>88</v>
+        <v>238</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E83" s="2">
-        <v>1366.08</v>
+        <v>473.05</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E84" s="2">
-        <v>316.26</v>
+        <v>2126.72</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E85" s="2">
-        <v>212.36</v>
+        <v>3424.9</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E86" s="2">
-        <v>1101.53</v>
+        <v>5.62</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E87" s="2">
-        <v>147.78</v>
+        <v>741.79</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E88" s="2">
-        <v>71.42</v>
+        <v>2183.96</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E89" s="2">
-        <v>1049.04</v>
+        <v>428.77</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>259</v>
+        <v>104</v>
       </c>
       <c r="E90" s="2">
-        <v>2663.18</v>
+        <v>823.67</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>260</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>261</v>
+        <v>37</v>
       </c>
       <c r="E91" s="2">
-        <v>61.9</v>
+        <v>30.04</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>262</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E92" s="2">
-        <v>1238.86</v>
+        <v>2217.92</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>266</v>
+        <v>219</v>
       </c>
       <c r="E93" s="2">
-        <v>812.43</v>
+        <v>477.67</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>267</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>268</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>269</v>
       </c>
       <c r="E94" s="2">
-        <v>389.46</v>
+        <v>21.94</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>271</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>272</v>
       </c>
       <c r="E95" s="2">
-        <v>965.23</v>
+        <v>101.55</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>273</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>275</v>
+        <v>234</v>
       </c>
       <c r="E96" s="2">
-        <v>226.37</v>
+        <v>101.55</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>278</v>
+        <v>264</v>
       </c>
       <c r="E97" s="2">
-        <v>1346.52</v>
+        <v>5579.08</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>281</v>
+        <v>264</v>
       </c>
       <c r="E98" s="2">
-        <v>48.81</v>
+        <v>975.97</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="E99" s="2">
-        <v>2479.41</v>
+        <v>1164.55</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="E100" s="2">
-        <v>602.42</v>
+        <v>500.81</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="E101" s="2">
-        <v>4832.85</v>
+        <v>1931.6</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>292</v>
+        <v>285</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="E102" s="2">
-        <v>907.61</v>
+        <v>217.85</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="E103" s="2">
-        <v>227.26</v>
+        <v>217.85</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="E104" s="2">
-        <v>696.52</v>
+        <v>754.53</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="E105" s="2">
-        <v>5326.86</v>
+        <v>2127.48</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="E106" s="2">
-        <v>1566.17</v>
+        <v>488.45</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="E107" s="2">
-        <v>19.51</v>
+        <v>877.56</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>252</v>
+        <v>303</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>253</v>
+        <v>304</v>
       </c>
       <c r="E108" s="2">
-        <v>84.11</v>
+        <v>108.45</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="E109" s="2">
-        <v>3041.66</v>
+        <v>37.52</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="E110" s="2">
-        <v>1641.32</v>
+        <v>681.59</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="E111" s="2">
-        <v>140.47</v>
+        <v>298.15</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="E112" s="2">
-        <v>89.84</v>
+        <v>1074.76</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="E113" s="2">
-        <v>61.8</v>
+        <v>351.48</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="E114" s="2">
-        <v>1336.35</v>
+        <v>122.38</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="E115" s="2">
-        <v>3795.85</v>
+        <v>1265.23</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>39</v>
+        <v>327</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="E116" s="2">
-        <v>2122.24</v>
+        <v>2398.76</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="E117" s="2">
-        <v>460.76</v>
+        <v>955.68</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="E118" s="2">
-        <v>119.02</v>
+        <v>2821.91</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="E119" s="2">
-        <v>138.85</v>
+        <v>370.3</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="E120" s="2">
-        <v>904.42</v>
+        <v>360.73</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="E121" s="2">
-        <v>157.38</v>
+        <v>7.65</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="E122" s="2">
-        <v>581.29</v>
+        <v>6.11</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="E123" s="2">
-        <v>2071.48</v>
+        <v>2049.47</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>47</v>
+        <v>351</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="E124" s="2">
-        <v>3335.93</v>
+        <v>1763.66</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="E125" s="2">
-        <v>29.68</v>
+        <v>891.1</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="E126" s="2">
-        <v>1258.26</v>
+        <v>11184.9</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="E127" s="2">
-        <v>210.79</v>
+        <v>184.74</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>366</v>
+        <v>227</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="E128" s="2">
-        <v>722.53</v>
+        <v>867.29</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>68</v>
+        <v>366</v>
       </c>
       <c r="E129" s="2">
-        <v>227.81</v>
+        <v>1491.43</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="B130" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D130" s="0" t="s">
         <v>369</v>
       </c>
-      <c r="C130" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E130" s="2">
-        <v>227.81</v>
+        <v>13.11</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="B131" s="0" t="s">
         <v>371</v>
       </c>
-      <c r="B131" s="0" t="s">
+      <c r="C131" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D131" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="C131" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E131" s="2">
-        <v>3344.77</v>
+        <v>9.35</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="B132" s="0" t="s">
         <v>374</v>
       </c>
-      <c r="B132" s="0" t="s">
+      <c r="C132" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D132" s="0" t="s">
         <v>375</v>
       </c>
-      <c r="C132" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E132" s="2">
-        <v>417.63</v>
+        <v>967.93</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="B133" s="0" t="s">
         <v>377</v>
       </c>
-      <c r="B133" s="0" t="s">
+      <c r="C133" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D133" s="0" t="s">
         <v>378</v>
       </c>
-      <c r="C133" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E133" s="2">
-        <v>802.28</v>
+        <v>527.15</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
         <v>379</v>
       </c>
       <c r="B134" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D134" s="0" t="s">
         <v>380</v>
       </c>
-      <c r="C134" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E134" s="2">
-        <v>29.26</v>
+        <v>1018.27</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>382</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>383</v>
       </c>
       <c r="E135" s="2">
-        <v>2160.31</v>
+        <v>608.59</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>385</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>302</v>
+        <v>386</v>
       </c>
       <c r="E136" s="2">
-        <v>465.27</v>
+        <v>1222.46</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>388</v>
+        <v>304</v>
       </c>
       <c r="E137" s="2">
-        <v>21.37</v>
+        <v>1081.15</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>389</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>390</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>391</v>
       </c>
       <c r="E138" s="2">
-        <v>98.91</v>
+        <v>586.47</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
         <v>392</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>390</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>324</v>
+        <v>391</v>
       </c>
       <c r="E139" s="2">
-        <v>98.91</v>
+        <v>107.87</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
         <v>393</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>394</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>383</v>
+        <v>395</v>
       </c>
       <c r="E140" s="2">
-        <v>5434.18</v>
+        <v>390.72</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>383</v>
+        <v>398</v>
       </c>
       <c r="E141" s="2">
-        <v>950.62</v>
+        <v>21.2</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="E142" s="2">
-        <v>1134.3</v>
+        <v>16.58</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="E143" s="2">
-        <v>487.8</v>
+        <v>232.31</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="E144" s="2">
-        <v>3350.34</v>
+        <v>601.9</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="E145" s="2">
-        <v>1881.43</v>
+        <v>63.79</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E146" s="2">
-        <v>212.19</v>
+        <v>1032.94</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="E147" s="2">
-        <v>212.19</v>
+        <v>2797.32</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="E148" s="2">
-        <v>1602.35</v>
+        <v>6522.72</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="E149" s="2">
-        <v>734.93</v>
+        <v>2046.33</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="E150" s="2">
-        <v>1338.02</v>
+        <v>543.11</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="E151" s="2">
-        <v>973.81</v>
+        <v>333.99</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="E152" s="2">
-        <v>379</v>
+        <v>179.19</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="E153" s="2">
-        <v>128.97</v>
+        <v>829.8</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="E154" s="2">
-        <v>2072.22</v>
+        <v>351.94</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="E155" s="2">
-        <v>656.06</v>
+        <v>694.64</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="E156" s="2">
-        <v>475.78</v>
+        <v>141.49</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="E157" s="2">
-        <v>854.77</v>
+        <v>98.46</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="E158" s="2">
-        <v>105.63</v>
+        <v>379.65</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="E159" s="2">
-        <v>36.55</v>
+        <v>740.35</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="E160" s="2">
-        <v>663.89</v>
+        <v>94.52</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>404</v>
+        <v>457</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="E161" s="2">
-        <v>70.82</v>
+        <v>384.6</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>295</v>
+        <v>460</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="E162" s="2">
-        <v>227.66</v>
+        <v>10.52</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>346</v>
+        <v>463</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="E163" s="2">
-        <v>75.99</v>
+        <v>655.57</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="E164" s="2">
-        <v>956.95</v>
+        <v>163.56</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="E165" s="2">
-        <v>746.27</v>
+        <v>105.77</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>461</v>
+        <v>472</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>464</v>
+        <v>473</v>
       </c>
       <c r="E166" s="2">
-        <v>99.4</v>
+        <v>3142.55</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="E167" s="2">
-        <v>290.41</v>
+        <v>30.23</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="E168" s="2">
-        <v>1460.4</v>
+        <v>76.05</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="E169" s="2">
-        <v>1046.85</v>
+        <v>133.27</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="E170" s="2">
-        <v>342.36</v>
+        <v>869.97</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="E171" s="2">
-        <v>119.2</v>
+        <v>79.46</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="E172" s="2">
-        <v>1232.36</v>
+        <v>57.67</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="E173" s="2">
-        <v>2336.45</v>
+        <v>467.05</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="E174" s="2">
-        <v>930.86</v>
+        <v>512.58</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>489</v>
+        <v>498</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="E175" s="2">
-        <v>2748.62</v>
+        <v>649.13</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>494</v>
+        <v>503</v>
       </c>
       <c r="E176" s="2">
-        <v>750.29</v>
+        <v>189.16</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>496</v>
+        <v>505</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>497</v>
+        <v>506</v>
       </c>
       <c r="E177" s="2">
-        <v>351.36</v>
+        <v>14797.53</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="E178" s="2">
-        <v>287.03</v>
+        <v>671.75</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>501</v>
+        <v>510</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="E179" s="2">
-        <v>229.08</v>
+        <v>45.14</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>504</v>
+        <v>513</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
       <c r="E180" s="2">
-        <v>1996.23</v>
+        <v>374.67</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="E181" s="2">
-        <v>1717.85</v>
+        <v>1301.11</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="E182" s="2">
-        <v>21.45</v>
+        <v>845.16</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>513</v>
+        <v>522</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>515</v>
+        <v>524</v>
       </c>
       <c r="E183" s="2">
-        <v>867.95</v>
+        <v>18360.7</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="E184" s="2">
-        <v>10894.38</v>
+        <v>77.39</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="E185" s="2">
-        <v>1575.01</v>
+        <v>303.56</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>524</v>
+        <v>533</v>
       </c>
       <c r="E186" s="2">
-        <v>179.94</v>
+        <v>9561.32</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>525</v>
+        <v>534</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>314</v>
+        <v>535</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="E187" s="2">
-        <v>844.76</v>
+        <v>790.5</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="E188" s="2">
-        <v>300.35</v>
+        <v>801.33</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>10</v>
-[...1478 lines deleted...]
-      <c r="F262" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -7755,106 +5660,32 @@
     <hyperlink ref="F164" r:id="rId164"/>
     <hyperlink ref="F165" r:id="rId165"/>
     <hyperlink ref="F166" r:id="rId166"/>
     <hyperlink ref="F167" r:id="rId167"/>
     <hyperlink ref="F168" r:id="rId168"/>
     <hyperlink ref="F169" r:id="rId169"/>
     <hyperlink ref="F170" r:id="rId170"/>
     <hyperlink ref="F171" r:id="rId171"/>
     <hyperlink ref="F172" r:id="rId172"/>
     <hyperlink ref="F173" r:id="rId173"/>
     <hyperlink ref="F174" r:id="rId174"/>
     <hyperlink ref="F175" r:id="rId175"/>
     <hyperlink ref="F176" r:id="rId176"/>
     <hyperlink ref="F177" r:id="rId177"/>
     <hyperlink ref="F178" r:id="rId178"/>
     <hyperlink ref="F179" r:id="rId179"/>
     <hyperlink ref="F180" r:id="rId180"/>
     <hyperlink ref="F181" r:id="rId181"/>
     <hyperlink ref="F182" r:id="rId182"/>
     <hyperlink ref="F183" r:id="rId183"/>
     <hyperlink ref="F184" r:id="rId184"/>
     <hyperlink ref="F185" r:id="rId185"/>
     <hyperlink ref="F186" r:id="rId186"/>
     <hyperlink ref="F187" r:id="rId187"/>
     <hyperlink ref="F188" r:id="rId188"/>
-    <hyperlink ref="F189" r:id="rId189"/>
-[...72 lines deleted...]
-    <hyperlink ref="F262" r:id="rId262"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>