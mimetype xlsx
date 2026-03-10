--- v1 (2025-12-25)
+++ v2 (2026-03-10)
@@ -5,5687 +5,149 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="540" uniqueCount="540">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
-  <si>
-[...1600 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F188" headerRowCount="1">
-  <autoFilter ref="A1:F188"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F1" headerRowCount="0">
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=6902&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=6123&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50386&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50211&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49737&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49646&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50121&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49724&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50317&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50497&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=7396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49357&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50331&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50677&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50773&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29519&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=25991&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13928&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=40162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26227&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38998&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44580&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=6021&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46425&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26409&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41566&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=1507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=18842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10545&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=45488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41665&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20034&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41682&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27485&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=45369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36532&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50062&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49919&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50538&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50264&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49850&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50408&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50346&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50654&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F188"/>
+  <dimension ref="A1:F1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
+    <col min="1" max="1" width="16.77606964111328" customWidth="1"/>
+    <col min="2" max="2" width="13.05722713470459" customWidth="1"/>
+    <col min="3" max="3" width="13.982078552246094" customWidth="1"/>
+    <col min="4" max="4" width="16.4118595123291" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" customWidth="1"/>
+    <col min="6" max="6" width="13.9022798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2">
-[...3738 lines deleted...]
-    </row>
   </sheetData>
-  <hyperlinks>
-[...187 lines deleted...]
-  </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>