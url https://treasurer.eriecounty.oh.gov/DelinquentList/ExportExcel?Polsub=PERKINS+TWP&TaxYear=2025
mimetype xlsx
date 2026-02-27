--- v0 (2026-01-09)
+++ v1 (2026-02-27)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="294" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="245" uniqueCount="245">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>3200111</t>
   </si>
   <si>
     <t>LENTZ WILLIAM H</t>
   </si>
   <si>
@@ -175,131 +175,95 @@
   <si>
     <t>GROSJEAN KENNETH A &amp; AMBER M</t>
   </si>
   <si>
     <t>322 MICHIGAN</t>
   </si>
   <si>
     <t>32-00263.000</t>
   </si>
   <si>
     <t>HARRIS DONALD R</t>
   </si>
   <si>
     <t>2917 BAYVIEW</t>
   </si>
   <si>
     <t>32-00264.000</t>
   </si>
   <si>
     <t>MASCHARI MARK A &amp; TODD J</t>
   </si>
   <si>
     <t>5104 SCHENK</t>
   </si>
   <si>
-    <t>32-00284.000</t>
-[...7 lines deleted...]
-  <si>
     <t>32-00326.000</t>
   </si>
   <si>
     <t>HUYNH QUANG</t>
   </si>
   <si>
     <t>2705 PEASE</t>
   </si>
   <si>
-    <t>32-00377.000</t>
-[...16 lines deleted...]
-  <si>
     <t>32-00419.000</t>
   </si>
   <si>
     <t>STATE OF OHIO</t>
   </si>
   <si>
     <t>PARKLAND</t>
   </si>
   <si>
     <t>32-00529.000</t>
   </si>
   <si>
     <t>TOBEY KAY</t>
   </si>
   <si>
     <t>3206 MERRIWEATHER RD</t>
   </si>
   <si>
     <t>32-00752.000</t>
   </si>
   <si>
     <t>KLEIN AMBER M</t>
   </si>
   <si>
     <t>2614 STRUB</t>
   </si>
   <si>
     <t>32-00799.005</t>
   </si>
   <si>
     <t>DAHS DANIEL J &amp; LORI</t>
   </si>
   <si>
     <t>BOGART RD</t>
   </si>
   <si>
-    <t>32-00847.000</t>
-[...7 lines deleted...]
-  <si>
     <t>32-00900.000</t>
   </si>
   <si>
     <t>STANLEY JR RICHARD E</t>
   </si>
   <si>
     <t>TAYLOR RD</t>
   </si>
   <si>
     <t>32-00900.017</t>
   </si>
   <si>
     <t>DIDION GILBERT W TRUSTEE</t>
   </si>
   <si>
     <t>TAYLOR BROOK</t>
   </si>
   <si>
     <t>32-01062.000</t>
   </si>
   <si>
     <t>GIEDEMAN GARY &amp; GUIAMETTA</t>
   </si>
   <si>
     <t>3513 PAXTON</t>
@@ -307,137 +271,113 @@
   <si>
     <t>32-01144.000</t>
   </si>
   <si>
     <t>VIRGINIA</t>
   </si>
   <si>
     <t>32-01170.000</t>
   </si>
   <si>
     <t>BROWN BEULAH MAE</t>
   </si>
   <si>
     <t>3604 SPENCER</t>
   </si>
   <si>
     <t>32-01171.000</t>
   </si>
   <si>
     <t>RODRIGUEZ GREGORY</t>
   </si>
   <si>
     <t>2707 TREMPER</t>
   </si>
   <si>
-    <t>32-01178.000</t>
-[...7 lines deleted...]
-  <si>
     <t>3201251</t>
   </si>
   <si>
     <t>NOFTZ VICKIE L AKA VICKIE L ANDREWS</t>
   </si>
   <si>
     <t>528 PERKINS 9 AVE LOT 09</t>
   </si>
   <si>
     <t>3201252</t>
   </si>
   <si>
     <t>LOYER LYNDSAY</t>
   </si>
   <si>
     <t>528 PERKINS 3 AVE LOT 03</t>
   </si>
   <si>
     <t>3201253</t>
   </si>
   <si>
     <t>LEE KEVIN</t>
   </si>
   <si>
     <t>528 PERKINS 13 AVE LOT 13</t>
   </si>
   <si>
     <t>32-01276.000</t>
   </si>
   <si>
     <t>GALLOWAY BETTY Y</t>
   </si>
   <si>
     <t>3405 GALLOWAY RD</t>
   </si>
   <si>
-    <t>32-01277.000</t>
-[...4 lines deleted...]
-  <si>
     <t>32-01286.068</t>
   </si>
   <si>
     <t>WARD MARILYN J</t>
   </si>
   <si>
     <t>4400 WOODRIDGE</t>
   </si>
   <si>
     <t>32-01287.113</t>
   </si>
   <si>
     <t>STANKIC ENTERPRISES LLC</t>
   </si>
   <si>
     <t>4201 HUNTFIELD</t>
   </si>
   <si>
     <t>32-01326.000</t>
   </si>
   <si>
     <t>HAMMON DOUGLAS</t>
   </si>
   <si>
     <t>5020 COLUMBUS</t>
   </si>
   <si>
-    <t>32-01389.000</t>
-[...7 lines deleted...]
-  <si>
     <t>32-01396.000</t>
   </si>
   <si>
     <t>WHITE SUSAN M</t>
   </si>
   <si>
     <t>2711 HINDE</t>
   </si>
   <si>
     <t>32-01465.000</t>
   </si>
   <si>
     <t>SPENCE WILLIAM IV &amp; MELISSA A</t>
   </si>
   <si>
     <t>417 TAYLOR</t>
   </si>
   <si>
     <t>32-01515.000</t>
   </si>
   <si>
     <t>WASHINGTON CLEMENTINE</t>
   </si>
   <si>
     <t>904 WOODLAWN</t>
@@ -481,59 +421,50 @@
   <si>
     <t>5514 CAMPBELL</t>
   </si>
   <si>
     <t>32-01789.000</t>
   </si>
   <si>
     <t>JONES JIMMY L</t>
   </si>
   <si>
     <t>3508 DILL</t>
   </si>
   <si>
     <t>32-01846.000</t>
   </si>
   <si>
     <t>MATHIS ISAAC</t>
   </si>
   <si>
     <t>STRUB</t>
   </si>
   <si>
     <t>32-01848.000</t>
   </si>
   <si>
-    <t>32-01850.000</t>
-[...7 lines deleted...]
-  <si>
     <t>32-01894.000</t>
   </si>
   <si>
     <t>MCKINNEY CHRISTOPHER C &amp; GLADYS</t>
   </si>
   <si>
     <t>610 WOODLAWN</t>
   </si>
   <si>
     <t>32-01916.000</t>
   </si>
   <si>
     <t>HISS TRACEY LYNN</t>
   </si>
   <si>
     <t>2906 EASTWOOD</t>
   </si>
   <si>
     <t>32-02084.000</t>
   </si>
   <si>
     <t>LEWIS EARLIE MAE</t>
   </si>
   <si>
     <t>214 DOERZBACH</t>
@@ -559,360 +490,282 @@
   <si>
     <t>SIRSE FRANK III &amp; JULIE</t>
   </si>
   <si>
     <t>1315 LAKE WILMER</t>
   </si>
   <si>
     <t>32-02269.000</t>
   </si>
   <si>
     <t>FRASER SHAWNA</t>
   </si>
   <si>
     <t>5214 HAYES</t>
   </si>
   <si>
     <t>32-02294.000</t>
   </si>
   <si>
     <t>SMITH MAURICE</t>
   </si>
   <si>
     <t>CARBON</t>
   </si>
   <si>
-    <t>32-02397.000</t>
-[...7 lines deleted...]
-  <si>
     <t>32-02503.000</t>
   </si>
   <si>
     <t>MILNER JEREMY</t>
   </si>
   <si>
     <t>5207 CAMPBELL</t>
   </si>
   <si>
     <t>32-02554.000</t>
   </si>
   <si>
     <t>MUNAFO ANNETTE M</t>
   </si>
   <si>
     <t>219 GILCHER</t>
   </si>
   <si>
     <t>32-02632.000</t>
   </si>
   <si>
     <t>HARPER ERNESTINE R</t>
   </si>
   <si>
     <t>305 DEWITT</t>
   </si>
   <si>
-    <t>32-02786.002</t>
-[...7 lines deleted...]
-  <si>
     <t>32-02801.000</t>
   </si>
   <si>
     <t>KOVACH PAUL M SR</t>
   </si>
   <si>
     <t>205 GILCHER</t>
   </si>
   <si>
     <t>32-02930.000</t>
   </si>
   <si>
     <t>FASHING MARC D</t>
   </si>
   <si>
     <t>319 OAKLAND</t>
   </si>
   <si>
-    <t>32-02983.000</t>
-[...2 lines deleted...]
-    <t>ALLISON FAMILY PARTNERSHIP LLC</t>
+    <t>32-02999.000</t>
+  </si>
+  <si>
+    <t>DUDZIK KATHLEEN J &amp; JACK A</t>
+  </si>
+  <si>
+    <t>4016 LIN</t>
+  </si>
+  <si>
+    <t>32-03191.000</t>
+  </si>
+  <si>
+    <t>BUSH DEBRA ANN</t>
+  </si>
+  <si>
+    <t>5017 HARTFORD</t>
+  </si>
+  <si>
+    <t>32-03282.000</t>
+  </si>
+  <si>
+    <t>SHARTZER DENISE</t>
+  </si>
+  <si>
+    <t>2801 STRUB</t>
+  </si>
+  <si>
+    <t>32-03462.000</t>
+  </si>
+  <si>
+    <t>DORSEY DAMION D &amp; VESHEA Y LEE</t>
+  </si>
+  <si>
+    <t>2816 PARK LN</t>
+  </si>
+  <si>
+    <t>32-03467.010</t>
+  </si>
+  <si>
+    <t>JOHNSON MARISA GARIN &amp; LORRAINE KNEISEL</t>
+  </si>
+  <si>
+    <t>6291 ZACHARY DR</t>
+  </si>
+  <si>
+    <t>32-03467.035</t>
+  </si>
+  <si>
+    <t>6378 ZACHARY DR</t>
+  </si>
+  <si>
+    <t>32-03488.000</t>
+  </si>
+  <si>
+    <t>STANLEY RICHARD E JR</t>
+  </si>
+  <si>
+    <t>915 TAYLOR</t>
+  </si>
+  <si>
+    <t>32-03494.025</t>
+  </si>
+  <si>
+    <t>GILBERT SUNSET INVESTORS LLC</t>
   </si>
   <si>
     <t>MILAN</t>
   </si>
   <si>
-    <t>32-02999.000</t>
-[...11 lines deleted...]
-    <t>FICK MARISOL</t>
+    <t>32-03555.000</t>
+  </si>
+  <si>
+    <t>MILLER BRIAN L</t>
+  </si>
+  <si>
+    <t>202 DOUGLAS</t>
+  </si>
+  <si>
+    <t>32-03708.000</t>
+  </si>
+  <si>
+    <t>VANNESS KENNETH R II</t>
+  </si>
+  <si>
+    <t>5816 CAMPBELL</t>
+  </si>
+  <si>
+    <t>32-03727.000</t>
+  </si>
+  <si>
+    <t>STEEL BELINDA L</t>
+  </si>
+  <si>
+    <t>801 FORCE</t>
+  </si>
+  <si>
+    <t>32-03728.000</t>
+  </si>
+  <si>
+    <t>SPAR AARON R &amp; JAMES R GERMAN III</t>
+  </si>
+  <si>
+    <t>711 E BOGART RD</t>
+  </si>
+  <si>
+    <t>32-03850.000</t>
+  </si>
+  <si>
+    <t>WEST BEVERLY A ETAL</t>
+  </si>
+  <si>
+    <t>322 BIRCHWOOD</t>
+  </si>
+  <si>
+    <t>32-03915.000</t>
+  </si>
+  <si>
+    <t>LENTZ CYNTHIA SUSAN</t>
   </si>
   <si>
     <t>OAKLAND</t>
   </si>
   <si>
-    <t>32-03191.000</t>
-[...142 lines deleted...]
-  <si>
     <t>32-03916.000</t>
   </si>
   <si>
-    <t>32-03917.000</t>
-[...4 lines deleted...]
-  <si>
     <t>32-04247.000</t>
   </si>
   <si>
     <t>NGO DU NGOC</t>
   </si>
   <si>
     <t>3103 STONEWOOD</t>
   </si>
   <si>
     <t>32-04278.000</t>
   </si>
   <si>
     <t>STURZINGER EDWARD M</t>
   </si>
   <si>
     <t>2504 CAMPBELL</t>
   </si>
   <si>
+    <t>32-04375.018</t>
+  </si>
+  <si>
+    <t>BYINGTON JOHN D</t>
+  </si>
+  <si>
+    <t>4801 LAKE COURT</t>
+  </si>
+  <si>
     <t>32-04381.000</t>
   </si>
   <si>
     <t>JONES TAMMY SUE &amp; BRYCE GLENN FUERSTENBERG</t>
   </si>
   <si>
     <t>5002 KIRKWOOD</t>
   </si>
   <si>
-    <t>32-04430.000</t>
-[...7 lines deleted...]
-  <si>
     <t>32-04539.041</t>
   </si>
   <si>
     <t>MILLER KRISTINE</t>
   </si>
   <si>
     <t>905 BUCKEYE</t>
   </si>
   <si>
     <t>32-04685.003</t>
   </si>
   <si>
     <t>ZIEBER BRADLEY &amp; JESSICA</t>
   </si>
   <si>
     <t>HULL</t>
   </si>
   <si>
     <t>32-04766.000</t>
   </si>
   <si>
     <t>MICHIGAN</t>
   </si>
   <si>
     <t>32-04767.000</t>
-  </si>
-[...4 lines deleted...]
-    <t>KAKIKA ENTERPRISES LTD</t>
   </si>
   <si>
     <t>32-04912.001</t>
   </si>
   <si>
     <t>PACE ORLANDO L</t>
   </si>
   <si>
     <t>4203 WINDHAM</t>
   </si>
   <si>
     <t>32-90028.000</t>
   </si>
   <si>
     <t>CSX RAILROAD</t>
   </si>
   <si>
     <t>NOT ON FILE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -940,70 +793,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F103" headerRowCount="1">
-  <autoFilter ref="A1:F103"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F85" headerRowCount="1">
+  <autoFilter ref="A1:F85"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50011&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50224&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50073&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50450&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50597&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19598&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2339&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2518&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=25650&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9663&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4000&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13046&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23455&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10072&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2340&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4587&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49909&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49989&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13981&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13982&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32547&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16477&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=18801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15381&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38722&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3866&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16837&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29129&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19570&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=24006&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20270&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21017&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=18188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23257&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23258&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23260&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=24626&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42431&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=28482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16775&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32386&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22332&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37721&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37085&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=35465&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36993&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37207&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34499&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38988&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=18218&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=18240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39062&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=30841&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27316&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20590&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41995&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34586&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42469&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43874&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41844&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41845&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41846&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=528&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9306&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20554&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44867&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44868&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10195&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=30625&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=1506&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50011&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50224&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50073&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50450&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50597&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19598&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2339&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2518&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=25650&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13046&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10072&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2340&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4587&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49909&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49989&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13981&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32547&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16477&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15381&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38722&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3866&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16837&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29129&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19570&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=24006&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20270&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=18188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23257&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23258&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23260&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=24626&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=28482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16775&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22332&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37085&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38988&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=18218&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=18240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39062&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=30841&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27316&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41995&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34586&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42469&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43874&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41844&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41845&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=528&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20554&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44867&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44868&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=30625&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=1506&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F103"/>
+  <dimension ref="A1:F85"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="47.40459442138672" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="25.81382942199707" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -1327,1753 +1180,1393 @@
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="2">
         <v>9533.49</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>1434.67</v>
+        <v>1389.8</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="2">
-        <v>1389.8</v>
+        <v>193.32</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="2">
-        <v>0.51</v>
+        <v>3702.69</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="2">
-        <v>158.48</v>
+        <v>231</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="2">
-        <v>193.32</v>
+        <v>28.72</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="2">
-        <v>3702.69</v>
+        <v>47.36</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="2">
-        <v>231</v>
+        <v>1632.76</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="2">
-        <v>28.72</v>
+        <v>354.21</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B26" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="2">
-        <v>677.42</v>
+        <v>246.13</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="2">
-        <v>47.36</v>
+        <v>1389.98</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="2">
-        <v>1632.76</v>
+        <v>34232.48</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="B29" s="0" t="s">
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="2">
-        <v>354.21</v>
+        <v>1606.62</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="2">
-        <v>246.13</v>
+        <v>22.72</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E31" s="2">
-        <v>1389.98</v>
+        <v>626.85</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>99</v>
       </c>
       <c r="E32" s="2">
-        <v>34232.48</v>
+        <v>1455.01</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>101</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>102</v>
       </c>
       <c r="E33" s="2">
-        <v>1839.01</v>
+        <v>2141.05</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>105</v>
       </c>
       <c r="E34" s="2">
-        <v>1606.62</v>
+        <v>215.44</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>108</v>
       </c>
       <c r="E35" s="2">
-        <v>22.72</v>
+        <v>887.25</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>111</v>
       </c>
       <c r="E36" s="2">
-        <v>626.85</v>
+        <v>2494.5</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>114</v>
       </c>
       <c r="E37" s="2">
-        <v>1455.01</v>
+        <v>420.69</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E38" s="2">
-        <v>370.04</v>
+        <v>1614.96</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>118</v>
+        <v>60</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>119</v>
       </c>
       <c r="E39" s="2">
-        <v>2141.05</v>
+        <v>6.27</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>120</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E40" s="2">
-        <v>215.44</v>
+        <v>6274.27</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>124</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>125</v>
       </c>
       <c r="E41" s="2">
-        <v>887.25</v>
+        <v>705.73</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="E42" s="2">
-        <v>1.13</v>
+        <v>7612.27</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="C43" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" s="2">
-        <v>2494.5</v>
+        <v>340.02</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="C44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E44" s="2">
-        <v>2820.69</v>
+        <v>371.78</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="B45" s="0" t="s">
+      <c r="C45" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="C45" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E45" s="2">
-        <v>1614.96</v>
+        <v>3.77</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>69</v>
+        <v>135</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="E46" s="2">
-        <v>6.27</v>
+        <v>150.48</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="B47" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E47" s="2">
-        <v>6274.27</v>
+        <v>601.6</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E48" s="2">
-        <v>705.73</v>
+        <v>1272.47</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="B49" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E49" s="2">
-        <v>7612.27</v>
+        <v>846.08</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>150</v>
+        <v>119</v>
       </c>
       <c r="E50" s="2">
-        <v>340.02</v>
+        <v>366.91</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="E51" s="2">
-        <v>661.78</v>
+        <v>736.35</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="E52" s="2">
-        <v>3.77</v>
+        <v>575.15</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="E53" s="2">
-        <v>150.48</v>
+        <v>1237.96</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="E54" s="2">
-        <v>206.21</v>
+        <v>1423.51</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="E55" s="2">
-        <v>601.6</v>
+        <v>121.97</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="E56" s="2">
-        <v>1672.47</v>
+        <v>1421.81</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E57" s="2">
-        <v>846.08</v>
+        <v>631.41</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>139</v>
+        <v>169</v>
       </c>
       <c r="E58" s="2">
-        <v>366.91</v>
+        <v>3597.09</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E59" s="2">
-        <v>736.35</v>
+        <v>386.33</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E60" s="2">
-        <v>575.15</v>
+        <v>1237.69</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E61" s="2">
-        <v>1237.96</v>
+        <v>3724.86</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E62" s="2">
-        <v>2373.51</v>
+        <v>611</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E63" s="2">
-        <v>121.97</v>
+        <v>1676.64</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E64" s="2">
-        <v>1363.89</v>
+        <v>2869.53</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E65" s="2">
-        <v>1421.81</v>
+        <v>492.92</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>192</v>
       </c>
       <c r="E66" s="2">
-        <v>631.41</v>
+        <v>419.95</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>195</v>
       </c>
       <c r="E67" s="2">
-        <v>3997.09</v>
+        <v>2385.54</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>197</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>198</v>
       </c>
       <c r="E68" s="2">
-        <v>0.01</v>
+        <v>2334.62</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>201</v>
       </c>
       <c r="E69" s="2">
-        <v>386.33</v>
+        <v>1549.68</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>203</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>204</v>
       </c>
       <c r="E70" s="2">
-        <v>1237.69</v>
+        <v>1097.42</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>207</v>
       </c>
       <c r="E71" s="2">
-        <v>0.1</v>
+        <v>691.99</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>210</v>
       </c>
       <c r="E72" s="2">
-        <v>3724.86</v>
+        <v>36.26</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>211</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E73" s="2">
-        <v>74.14</v>
+        <v>996.71</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>216</v>
       </c>
       <c r="E74" s="2">
-        <v>611</v>
+        <v>8.44</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="E75" s="2">
-        <v>338.84</v>
+        <v>8.44</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="B76" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E76" s="2">
-        <v>1676.64</v>
+        <v>7647.03</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="B77" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E77" s="2">
-        <v>0.01</v>
+        <v>1601.48</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="B78" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E78" s="2">
-        <v>1079.68</v>
+        <v>160.66</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="B79" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E79" s="2">
-        <v>2869.53</v>
+        <v>2059.99</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="B80" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E80" s="2">
-        <v>492.92</v>
+        <v>9207.35</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D81" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="B81" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E81" s="2">
-        <v>419.95</v>
+        <v>17.92</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D82" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="B82" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E82" s="2">
-        <v>2385.54</v>
+        <v>415.13</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>241</v>
+        <v>60</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>207</v>
+        <v>237</v>
       </c>
       <c r="E83" s="2">
-        <v>2334.62</v>
+        <v>611.61</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="E84" s="2">
-        <v>1549.68</v>
+        <v>7488.14</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="E85" s="2">
-        <v>103.87</v>
+        <v>8287.58</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>10</v>
-[...358 lines deleted...]
-      <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -3119,50 +2612,32 @@
     <hyperlink ref="F61" r:id="rId61"/>
     <hyperlink ref="F62" r:id="rId62"/>
     <hyperlink ref="F63" r:id="rId63"/>
     <hyperlink ref="F64" r:id="rId64"/>
     <hyperlink ref="F65" r:id="rId65"/>
     <hyperlink ref="F66" r:id="rId66"/>
     <hyperlink ref="F67" r:id="rId67"/>
     <hyperlink ref="F68" r:id="rId68"/>
     <hyperlink ref="F69" r:id="rId69"/>
     <hyperlink ref="F70" r:id="rId70"/>
     <hyperlink ref="F71" r:id="rId71"/>
     <hyperlink ref="F72" r:id="rId72"/>
     <hyperlink ref="F73" r:id="rId73"/>
     <hyperlink ref="F74" r:id="rId74"/>
     <hyperlink ref="F75" r:id="rId75"/>
     <hyperlink ref="F76" r:id="rId76"/>
     <hyperlink ref="F77" r:id="rId77"/>
     <hyperlink ref="F78" r:id="rId78"/>
     <hyperlink ref="F79" r:id="rId79"/>
     <hyperlink ref="F80" r:id="rId80"/>
     <hyperlink ref="F81" r:id="rId81"/>
     <hyperlink ref="F82" r:id="rId82"/>
     <hyperlink ref="F83" r:id="rId83"/>
     <hyperlink ref="F84" r:id="rId84"/>
     <hyperlink ref="F85" r:id="rId85"/>
-    <hyperlink ref="F86" r:id="rId86"/>
-[...16 lines deleted...]
-    <hyperlink ref="F103" r:id="rId103"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>