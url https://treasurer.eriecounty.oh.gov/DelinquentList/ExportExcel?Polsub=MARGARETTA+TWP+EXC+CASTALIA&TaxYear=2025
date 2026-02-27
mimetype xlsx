--- v0 (2026-01-09)
+++ v1 (2026-02-27)
@@ -5,130 +5,103 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="404" uniqueCount="404">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="331" uniqueCount="331">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>33-00003.001</t>
   </si>
   <si>
     <t>NEILL JR BRUCE B &amp; BONNIE L NEILL &amp; FRANK G NEILL</t>
   </si>
   <si>
     <t>MARGARETTA LSD</t>
   </si>
   <si>
     <t>TIFFIN AVE</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>33-00009.000</t>
   </si>
   <si>
     <t>AGSTEN HOLLY L SUCCESSOR TRUSTEE</t>
   </si>
   <si>
     <t>7511 PARKER</t>
   </si>
   <si>
-    <t>33-00050.008</t>
-[...16 lines deleted...]
-  <si>
     <t>33-00134.045</t>
   </si>
   <si>
     <t>VILLAGE HILL ESTATES LLC</t>
   </si>
   <si>
     <t>SNOW</t>
   </si>
   <si>
-    <t>33-00142.000</t>
-[...7 lines deleted...]
-  <si>
     <t>33-00189.000</t>
   </si>
   <si>
     <t>TUTTLE REBECCA A</t>
   </si>
   <si>
     <t>5805 BILLINGS</t>
   </si>
   <si>
     <t>3300203</t>
   </si>
   <si>
     <t>DYLAN SEEHOLZER</t>
   </si>
   <si>
     <t>7507 WAHL 9B RD LOT 09B</t>
   </si>
   <si>
     <t>3300214</t>
   </si>
   <si>
     <t>HUFF JOHN &amp; SHELAH WROS</t>
   </si>
   <si>
     <t>2614 TIFFIN 9 AVE LOT 09</t>
@@ -139,632 +112,515 @@
   <si>
     <t>SILVERWOOD JOSHUA</t>
   </si>
   <si>
     <t>7507 WAHL 5A RD LOT 05A</t>
   </si>
   <si>
     <t>3300219</t>
   </si>
   <si>
     <t>KING PHILLIP E &amp; GLEMA C</t>
   </si>
   <si>
     <t>2614 TIFFIN 34 AVE LOT 34</t>
   </si>
   <si>
     <t>3300220</t>
   </si>
   <si>
     <t>CHAPMAN CONNIE S</t>
   </si>
   <si>
     <t>7507 WAHL D2 RD LOT D2</t>
   </si>
   <si>
-    <t>3300223</t>
-[...7 lines deleted...]
-  <si>
     <t>3300225</t>
   </si>
   <si>
     <t>WYLIE HEATHER MICHELLE</t>
   </si>
   <si>
     <t>2614 TIFFIN 79 AVE LOT 79</t>
   </si>
   <si>
     <t>3300226</t>
   </si>
   <si>
     <t>ROWAN BRYON C JR</t>
   </si>
   <si>
     <t>2614 TIFFIN 14 AVE LOT 14</t>
   </si>
   <si>
     <t>3300230</t>
   </si>
   <si>
     <t>TAYLOR MARLENE</t>
   </si>
   <si>
     <t>7507 WAHL 6B RD LOT 06B</t>
   </si>
   <si>
     <t>3300238</t>
   </si>
   <si>
     <t>HILLENBRAND NICOE L</t>
   </si>
   <si>
     <t>2614 TIFFIN 33 AVE LOT 33</t>
   </si>
   <si>
     <t>3300245</t>
   </si>
   <si>
     <t>LAFFERTY MISTY</t>
   </si>
   <si>
     <t>7507 WAHL 2B RD LOT 02B</t>
   </si>
   <si>
-    <t>3300264</t>
-[...7 lines deleted...]
-  <si>
     <t>3300265</t>
   </si>
   <si>
     <t>REMALY ERIC</t>
   </si>
   <si>
     <t>2614 TIFFIN 63 AVE LOT 63</t>
   </si>
   <si>
     <t>3300269</t>
   </si>
   <si>
     <t>JENSEN HILDA G</t>
   </si>
   <si>
     <t>2614 TIFFIN 55 AVE LOT 55</t>
   </si>
   <si>
     <t>3300272</t>
   </si>
   <si>
     <t>TAYLOR SHAWN</t>
   </si>
   <si>
     <t>2614 TIFFIN 22 AVE LOT 22</t>
   </si>
   <si>
     <t>33-00275.000</t>
   </si>
   <si>
     <t>BENTLEY BENJAMIN D</t>
   </si>
   <si>
     <t>4702 SR 6</t>
   </si>
   <si>
     <t>3300276</t>
   </si>
   <si>
     <t>CULVER ROBERT L &amp; LAWRENC</t>
   </si>
   <si>
     <t>2614 TIFFIN 42 AVE LOT 42</t>
   </si>
   <si>
-    <t>33-00278.000</t>
-[...2 lines deleted...]
-    <t>MEYERS KAREN L &amp; JOSHUA J</t>
+    <t>3300299</t>
+  </si>
+  <si>
+    <t>TREVINO SANTANAREY</t>
+  </si>
+  <si>
+    <t>2614 TIFFIN 20 AVE LOT 20</t>
+  </si>
+  <si>
+    <t>3300303</t>
+  </si>
+  <si>
+    <t>EGBERT GREGORY</t>
+  </si>
+  <si>
+    <t>7507 WAHL 14A RD LOT 14A</t>
+  </si>
+  <si>
+    <t>33-00319.000</t>
+  </si>
+  <si>
+    <t>MYERS CHARLES HOWARD</t>
+  </si>
+  <si>
+    <t>7504 SR 101</t>
+  </si>
+  <si>
+    <t>3300321</t>
+  </si>
+  <si>
+    <t>MOON DUSTIN</t>
+  </si>
+  <si>
+    <t>2614 TIFFIN 37 AVE LOT 37</t>
+  </si>
+  <si>
+    <t>3300326</t>
+  </si>
+  <si>
+    <t>THORNE VINNIE LM</t>
+  </si>
+  <si>
+    <t>2614 TIFFIN 16 AVE LOT 16</t>
+  </si>
+  <si>
+    <t>3300327</t>
+  </si>
+  <si>
+    <t>DEAK TYLER</t>
+  </si>
+  <si>
+    <t>2614 TIFFIN 28 AVE LOT 28</t>
+  </si>
+  <si>
+    <t>3300328</t>
+  </si>
+  <si>
+    <t>KRAUZER MERLE</t>
+  </si>
+  <si>
+    <t>2614 TIFFIN 97 AVE LOT 97</t>
+  </si>
+  <si>
+    <t>33-00335.000</t>
+  </si>
+  <si>
+    <t>GIBSON JOSEPH E &amp; TRACY A</t>
+  </si>
+  <si>
+    <t>PARKER</t>
+  </si>
+  <si>
+    <t>3300338</t>
+  </si>
+  <si>
+    <t>WALLS LAUREN J</t>
+  </si>
+  <si>
+    <t>5812 SR 269</t>
+  </si>
+  <si>
+    <t>3300339</t>
+  </si>
+  <si>
+    <t>LORENTZ JENNIFER L</t>
+  </si>
+  <si>
+    <t>2614 TIFFIN 91 AVE LOT 91</t>
+  </si>
+  <si>
+    <t>3300340</t>
+  </si>
+  <si>
+    <t>LIKES MICHAEL A</t>
+  </si>
+  <si>
+    <t>2614 TIFFIN 83 AVE LOT 83</t>
+  </si>
+  <si>
+    <t>3300344</t>
+  </si>
+  <si>
+    <t>PETERS NATHAN E</t>
+  </si>
+  <si>
+    <t>2614 TIFFIN 81 AVE LOT 81</t>
+  </si>
+  <si>
+    <t>3300349</t>
+  </si>
+  <si>
+    <t>BUTCHER JACKIE</t>
+  </si>
+  <si>
+    <t>2614 TIFFIN 10 AVE LOT 10</t>
+  </si>
+  <si>
+    <t>3300350</t>
+  </si>
+  <si>
+    <t>PEACOCK MARIE</t>
+  </si>
+  <si>
+    <t>2614 TIFFIN 44 AVE LOT 44</t>
+  </si>
+  <si>
+    <t>3300352</t>
+  </si>
+  <si>
+    <t>LEMASTER DONALD B</t>
+  </si>
+  <si>
+    <t>2614 TIFFIN 64 AVE LOT 64</t>
+  </si>
+  <si>
+    <t>33-00405.000</t>
+  </si>
+  <si>
+    <t>COTNER PATRICK F &amp; CHRISTINE A</t>
+  </si>
+  <si>
+    <t>7604 WAHL</t>
+  </si>
+  <si>
+    <t>33-00407.000</t>
+  </si>
+  <si>
+    <t>NEILL WALTER SCOTT</t>
+  </si>
+  <si>
+    <t>7520 WAHL</t>
+  </si>
+  <si>
+    <t>33-00435.000</t>
+  </si>
+  <si>
+    <t>DAGY RACHEL PAVEY &amp; TODD R PARKISON</t>
+  </si>
+  <si>
+    <t>SR 269</t>
+  </si>
+  <si>
+    <t>33-00436.000</t>
+  </si>
+  <si>
+    <t>33-00461.000</t>
+  </si>
+  <si>
+    <t>GERMAN FLORENCE R</t>
+  </si>
+  <si>
+    <t>33-00793.000</t>
+  </si>
+  <si>
+    <t>NEWMAN KATHLEEN L</t>
+  </si>
+  <si>
+    <t>4312 SR 269</t>
+  </si>
+  <si>
+    <t>33-00846.000</t>
+  </si>
+  <si>
+    <t>BROWNE DOUGLAS E &amp; PAULA A</t>
+  </si>
+  <si>
+    <t>2618 PRAIRIE</t>
+  </si>
+  <si>
+    <t>33-00870.001</t>
+  </si>
+  <si>
+    <t>SENSBACK KYLE J</t>
+  </si>
+  <si>
+    <t>7608 LUCAS</t>
+  </si>
+  <si>
+    <t>33-00872.000</t>
+  </si>
+  <si>
+    <t>FERDINANDSEN JOY M</t>
+  </si>
+  <si>
+    <t>4015 MAPLE AVE</t>
+  </si>
+  <si>
+    <t>33-00883.000</t>
+  </si>
+  <si>
+    <t>MALDONADO PETER A &amp; YVONNE M</t>
+  </si>
+  <si>
+    <t>4806 WAHL</t>
+  </si>
+  <si>
+    <t>33-01020.000</t>
+  </si>
+  <si>
+    <t>MINIER JEFFREY ALLAN &amp; BECKY ANN</t>
+  </si>
+  <si>
+    <t>7609 WAHL</t>
+  </si>
+  <si>
+    <t>33-01021.000</t>
+  </si>
+  <si>
+    <t>TEAL</t>
+  </si>
+  <si>
+    <t>33-01066.001</t>
+  </si>
+  <si>
+    <t>ARCHLAND PROPERTY I LLC</t>
   </si>
   <si>
     <t>SR 101</t>
   </si>
   <si>
-    <t>3300298</t>
-[...283 lines deleted...]
-  <si>
     <t>33-01106.000</t>
   </si>
   <si>
     <t>KINLOCH ENTERPRISES LLC</t>
   </si>
   <si>
     <t>33-01107.000</t>
   </si>
   <si>
     <t>33-01108.000</t>
   </si>
   <si>
     <t>1207 TEAL DR</t>
   </si>
   <si>
     <t>33-01224.000</t>
   </si>
   <si>
     <t>RAREY RICHARD C</t>
   </si>
   <si>
     <t>7403 THICKET</t>
   </si>
   <si>
     <t>33-01236.000</t>
   </si>
   <si>
     <t>AMPLE GROWTH GROUP LLC</t>
   </si>
   <si>
     <t>5712 BILLINGS</t>
   </si>
   <si>
-    <t>33-01252.001</t>
-[...4 lines deleted...]
-  <si>
     <t>33-01252.003</t>
   </si>
   <si>
     <t>33-01252.004</t>
   </si>
   <si>
-    <t>3301260</t>
-[...7 lines deleted...]
-  <si>
     <t>33-01273.000</t>
   </si>
   <si>
     <t>FEICK CARL M &amp; CATHERINE B</t>
   </si>
   <si>
     <t>712 BARDWELL</t>
   </si>
   <si>
     <t>33-01317.000</t>
   </si>
   <si>
     <t>FREEH STEPHEN &amp; ELENA SAMARITONI</t>
   </si>
   <si>
     <t>ALSPAUGH</t>
   </si>
   <si>
-    <t>3301327</t>
-[...7 lines deleted...]
-  <si>
     <t>33-01350.000</t>
   </si>
   <si>
     <t>HARRIS JOANNE</t>
   </si>
   <si>
-    <t>33-01351.000</t>
-[...7 lines deleted...]
-  <si>
     <t>33-01381.000</t>
   </si>
   <si>
     <t>HON TODD</t>
   </si>
   <si>
     <t>3110 BARDSHAR</t>
   </si>
   <si>
     <t>3301406</t>
   </si>
   <si>
     <t>CRAIG AMMITTI &amp; JORDAN SCHMIDT</t>
   </si>
   <si>
     <t>7507 WAHL 6A RD LOT 06A</t>
   </si>
   <si>
     <t>33-01412.000</t>
   </si>
   <si>
     <t>MOLNAR TAMARA S</t>
   </si>
   <si>
     <t>6216 DEYO</t>
   </si>
   <si>
-    <t>33-01435.000</t>
-[...19 lines deleted...]
-  <si>
     <t>3301453</t>
   </si>
   <si>
     <t>HENDRIX BARBARA</t>
   </si>
   <si>
     <t>7507 WAHL 9D RD LOT 09D</t>
   </si>
   <si>
     <t>3301454</t>
   </si>
   <si>
     <t>NEUMEYER NICHOLE A</t>
   </si>
   <si>
     <t>7507 WAHL 7A RD LOT 07A</t>
   </si>
   <si>
     <t>3301461</t>
   </si>
   <si>
     <t>MILLER RICHANN FAYE</t>
   </si>
   <si>
     <t>7507 WAHL 3D RD LOT 03D</t>
   </si>
   <si>
     <t>3301530</t>
   </si>
   <si>
     <t>GORMELY JOHN P</t>
   </si>
   <si>
     <t>7507 WAHL 4A RD LOT 04A</t>
   </si>
   <si>
+    <t>33-01539.000</t>
+  </si>
+  <si>
+    <t>HAWKINS RICHARD N &amp; BARBARA A</t>
+  </si>
+  <si>
+    <t>5212 ROCKWOOD</t>
+  </si>
+  <si>
     <t>3301543</t>
   </si>
   <si>
     <t>EBERLY IAN</t>
   </si>
   <si>
     <t>7507 WAHL D5 RD LOT D05</t>
   </si>
   <si>
     <t>3301627</t>
   </si>
   <si>
     <t>CHAPMAN TAMMIE</t>
   </si>
   <si>
     <t>7507 WAHL A19 RD LOT A19</t>
   </si>
   <si>
     <t>3301671</t>
   </si>
   <si>
     <t>PARKER DAROLD</t>
   </si>
   <si>
     <t>7507 WAHL C9 RD LOT 09C</t>
@@ -862,233 +718,200 @@
   <si>
     <t>SCOTT JULIE</t>
   </si>
   <si>
     <t>7507 WAHL B3 RD LOT B3</t>
   </si>
   <si>
     <t>3301817</t>
   </si>
   <si>
     <t>TAYLOR BROOKE R</t>
   </si>
   <si>
     <t>7507 WAHL B5 RD LOT B5</t>
   </si>
   <si>
     <t>33-01837.013</t>
   </si>
   <si>
     <t>GIPOH 5405 TIFFIN AVE LLC</t>
   </si>
   <si>
     <t>5406 TIFFIN</t>
   </si>
   <si>
-    <t>3301868</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">2614 TIFFIN 36  LOT 36</t>
+    <t>3301882</t>
+  </si>
+  <si>
+    <t>GOODRICH CHADWICK J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2614 TIFFIN  LOT 94</t>
   </si>
   <si>
     <t>3301919</t>
   </si>
   <si>
     <t>COLE AMANDA</t>
   </si>
   <si>
     <t>7507 WAHL RD LOT D1</t>
   </si>
   <si>
-    <t>3301932</t>
-[...7 lines deleted...]
-  <si>
     <t>3301934</t>
   </si>
   <si>
     <t>GREENFIELD VILLAGE MHP LLC</t>
   </si>
   <si>
     <t xml:space="preserve">2614 TIFFIN  LOT 65</t>
   </si>
   <si>
     <t>3301937</t>
   </si>
   <si>
     <t xml:space="preserve">2614 TIFFIN  LOT 16</t>
   </si>
   <si>
     <t>3301958</t>
   </si>
   <si>
     <t>ELITE INVESTMENTS CAPITAL LLC</t>
   </si>
   <si>
     <t xml:space="preserve">7507 WAHL RD # C2  LOT C2</t>
   </si>
   <si>
     <t>3301959</t>
   </si>
   <si>
     <t xml:space="preserve">7507 WAHL RD # C12  LOT C12</t>
   </si>
   <si>
     <t>33-01993.000</t>
   </si>
   <si>
     <t>7409 THICKET</t>
   </si>
   <si>
     <t>33-02120.000</t>
   </si>
   <si>
     <t>6504 WAHL</t>
   </si>
   <si>
-    <t>33-02152.000</t>
-[...7 lines deleted...]
-  <si>
     <t>34-00019.000</t>
   </si>
   <si>
     <t>EISNER CARL A &amp; DONALD C</t>
   </si>
   <si>
     <t>NORWOOD AVE</t>
   </si>
   <si>
     <t>34-00020.000</t>
   </si>
   <si>
     <t>122 NORWOOD AVE</t>
   </si>
   <si>
     <t>34-00027.000</t>
   </si>
   <si>
     <t>KENNY KORY K &amp; LAMEICE S</t>
   </si>
   <si>
     <t>BAY SHORE</t>
   </si>
   <si>
     <t>34-00043.000</t>
   </si>
   <si>
     <t>SEGER CINDY JO</t>
   </si>
   <si>
     <t>211 CLYDE</t>
   </si>
   <si>
-    <t>34-00085.000</t>
-[...2 lines deleted...]
-    <t>JACKSON ROSE</t>
+    <t>34-00086.000</t>
+  </si>
+  <si>
+    <t>HENSLEY MARY BELLE &amp; ROSE JACKSON</t>
+  </si>
+  <si>
+    <t>114 FAIRVIEW</t>
+  </si>
+  <si>
+    <t>34-00087.000</t>
+  </si>
+  <si>
+    <t>HENSLEY JEFF</t>
   </si>
   <si>
     <t>FAIRVIEW</t>
   </si>
   <si>
-    <t>34-00086.000</t>
-[...13 lines deleted...]
-  <si>
     <t>34-00089.000</t>
   </si>
   <si>
     <t>110 FAIRVIEW</t>
   </si>
   <si>
     <t>34-00093.000</t>
   </si>
   <si>
     <t>YOUNCE TRUSTEE AMANDA</t>
   </si>
   <si>
     <t>110 NORWOOD AVE</t>
   </si>
   <si>
     <t>34-00099.000</t>
   </si>
   <si>
     <t>GIBBS GENEVA HOWELL</t>
   </si>
   <si>
     <t>BELLEVUE</t>
   </si>
   <si>
     <t>34-00138.000</t>
   </si>
   <si>
     <t>FLORIO JEVIN</t>
   </si>
   <si>
     <t>121 LINWOOD</t>
   </si>
   <si>
     <t>34-00139.000</t>
   </si>
   <si>
     <t>LINWOOD</t>
   </si>
   <si>
-    <t>34-00179.000</t>
-[...7 lines deleted...]
-  <si>
     <t>34-00204.000</t>
   </si>
   <si>
     <t>DELGIUDICE NICK E &amp; M JULIANNE</t>
   </si>
   <si>
     <t>4409 BAY SHORE</t>
   </si>
   <si>
     <t>34-00229.000</t>
   </si>
   <si>
     <t>SANBAY PROPERTIES LIMITED</t>
   </si>
   <si>
     <t>34-00231.000</t>
   </si>
   <si>
     <t>CASTALIA</t>
   </si>
   <si>
     <t>34-00236.000</t>
   </si>
   <si>
     <t>DELGIUDICE NICK &amp; M JULIANNE</t>
@@ -1126,141 +949,99 @@
   <si>
     <t>34-00309.000</t>
   </si>
   <si>
     <t>34-00310.000</t>
   </si>
   <si>
     <t>34-00340.000</t>
   </si>
   <si>
     <t>YOUNCE RETHA</t>
   </si>
   <si>
     <t>208 FAIRVIEW</t>
   </si>
   <si>
     <t>35-00028.000</t>
   </si>
   <si>
     <t>RULOPH KUGELS ALLOTMENT</t>
   </si>
   <si>
     <t>CENTER</t>
   </si>
   <si>
-    <t>36-00041.000</t>
-[...2 lines deleted...]
-    <t>EQUITY TRUST COMPANY FBO HENRY BIGLER</t>
+    <t>36-00061.000</t>
+  </si>
+  <si>
+    <t>SOUTHERLAND KEVIN &amp; DANIELLE</t>
   </si>
   <si>
     <t>RAINBOW</t>
   </si>
   <si>
-    <t>36-00060.000</t>
-[...13 lines deleted...]
-  <si>
     <t>36-00062.000</t>
   </si>
   <si>
     <t>WILLIAMSON BRIAN &amp; HEATHER</t>
   </si>
   <si>
     <t>1106 SUNSET</t>
   </si>
   <si>
     <t>36-00065.000</t>
   </si>
   <si>
     <t>OSBURN TERRY &amp; JANICE SCHNEITER</t>
   </si>
   <si>
     <t>1116 WILLOW</t>
   </si>
   <si>
     <t>36-00068.000</t>
   </si>
   <si>
     <t>COTNER PATRICK S &amp; CHRISTINE A</t>
   </si>
   <si>
     <t>7806 WAHL RD</t>
   </si>
   <si>
-    <t>37-00022.000</t>
-[...7 lines deleted...]
-  <si>
     <t>37-00045.000</t>
   </si>
   <si>
     <t>POWELL MARCUS E &amp; LESLIE KAHLE</t>
   </si>
   <si>
     <t>104 WILSON AVE</t>
   </si>
   <si>
-    <t>37-00051.000</t>
-[...8 lines deleted...]
-    <t>37-00052.000</t>
+    <t>37-00061.000</t>
   </si>
   <si>
     <t>WILSON</t>
-  </si>
-[...7 lines deleted...]
-    <t>37-00089.000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1270,70 +1051,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F153" headerRowCount="1">
-  <autoFilter ref="A1:F153"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F120" headerRowCount="1">
+  <autoFilter ref="A1:F120"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=47208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=320&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=11455&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10725&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4029&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50276&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49496&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49945&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49522&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50577&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50372&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50462&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49826&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49626&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49703&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49328&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49886&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49915&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27012&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50182&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49849&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50217&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50524&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50071&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49977&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50207&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22884&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49716&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12006&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50006&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13339&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=28944&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43535&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43536&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14518&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22906&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16455&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=579&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36952&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=25150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39901&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27720&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27721&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33209&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43025&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43030&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43031&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49904&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34069&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=35199&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49350&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36676&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31694&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49445&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27924&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39904&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39905&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39906&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39907&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39908&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39909&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50334&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50156&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49525&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49753&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49631&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49633&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23057&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50421&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50669&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20660&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50701&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50702&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50747&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=47974&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51054&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51114&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51116&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51381&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51382&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32893&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=11338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=11339&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31594&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21884&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17644&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17646&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17654&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17649&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3753&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20339&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9598&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2180&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2182&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9597&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32426&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32427&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42597&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42598&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42600&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=45666&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46193&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13221&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=30447&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=24579&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39711&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37900&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36476&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=47208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=320&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10725&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50276&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49496&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49945&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49522&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50372&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50462&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49826&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49626&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49328&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49886&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49915&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49849&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50217&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50524&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50071&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49977&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22884&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49716&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50006&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13339&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=28944&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43535&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43536&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14518&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22906&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=579&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36952&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=25150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27720&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27721&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33209&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43030&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43031&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=34069&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=35199&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31694&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49445&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=27924&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50334&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50156&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=43118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49525&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49753&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49631&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49633&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=23057&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50421&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50669&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=20660&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50701&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50702&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50747&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=47974&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50867&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51054&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51116&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51381&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51382&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32893&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=11338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=11339&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31594&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21884&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17646&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17654&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17649&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3753&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9598&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2180&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2182&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9597&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32426&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32427&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42597&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42598&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=42600&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=45666&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46193&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=29803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=30447&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=37900&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F153"/>
+  <dimension ref="A1:F120"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="48.29056930541992" customWidth="1"/>
     <col min="3" max="3" width="17.582246780395508" customWidth="1"/>
     <col min="4" max="4" width="28.264070510864258" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -1377,3033 +1158,2373 @@
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
         <v>2408.6</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>1893.25</v>
+        <v>124.18</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>68.91</v>
+        <v>150.6</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>124.18</v>
+        <v>93.39</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>2.26</v>
+        <v>119.48</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>673.6</v>
+        <v>101.94</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>93.39</v>
+        <v>90.62</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>119.48</v>
+        <v>1146.4</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>101.94</v>
+        <v>422.87</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>90.62</v>
+        <v>108.77</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>1146.4</v>
+        <v>805.74</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>16.67</v>
+        <v>3419.04</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>422.87</v>
+        <v>198.28</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="2">
-        <v>108.77</v>
+        <v>951.29</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="2">
-        <v>805.74</v>
+        <v>867.25</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>3419.04</v>
+        <v>1219.96</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="2">
-        <v>198.28</v>
+        <v>2026.99</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="2">
-        <v>0.3</v>
+        <v>1574.06</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="2">
-        <v>951.29</v>
+        <v>301.13</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="2">
-        <v>867.25</v>
+        <v>102.27</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="2">
-        <v>1219.96</v>
+        <v>2196.1</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="2">
-        <v>2026.99</v>
+        <v>135.24</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="2">
-        <v>1574.06</v>
+        <v>10246.27</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="2">
-        <v>1.07</v>
+        <v>252.39</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E27" s="2">
-        <v>16.84</v>
+        <v>342.29</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="2">
-        <v>301.13</v>
+        <v>107.71</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="2">
-        <v>102.27</v>
+        <v>0.39</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E30" s="2">
-        <v>2196.1</v>
+        <v>1046.83</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="2">
-        <v>135.24</v>
+        <v>17.31</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E32" s="2">
-        <v>10246.27</v>
+        <v>68.79</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E33" s="2">
-        <v>252.39</v>
+        <v>49.08</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E34" s="2">
-        <v>342.29</v>
+        <v>185.02</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E35" s="2">
-        <v>15.29</v>
+        <v>936.32</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E36" s="2">
-        <v>107.71</v>
+        <v>373.7</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>115</v>
       </c>
       <c r="E37" s="2">
-        <v>0.39</v>
+        <v>122.16</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E38" s="2">
-        <v>1046.83</v>
+        <v>5.8</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="E39" s="2">
-        <v>17.31</v>
+        <v>3.47</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="E40" s="2">
-        <v>68.79</v>
+        <v>24.76</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="E41" s="2">
-        <v>49.08</v>
+        <v>1337.36</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="E42" s="2">
-        <v>185.02</v>
+        <v>2837.26</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E43" s="2">
-        <v>102.43</v>
+        <v>9.04</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="E44" s="2">
-        <v>936.32</v>
+        <v>4062.16</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="E45" s="2">
-        <v>373.7</v>
+        <v>893.64</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="E46" s="2">
-        <v>1110.46</v>
+        <v>1459.12</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="E47" s="2">
-        <v>5.8</v>
+        <v>135.01</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B48" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E48" s="2">
-        <v>3.47</v>
+        <v>1242.05</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="B49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="E49" s="2">
-        <v>24.76</v>
+        <v>15.39</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="E50" s="2">
-        <v>1337.36</v>
+        <v>4.33</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>133</v>
+        <v>149</v>
       </c>
       <c r="E51" s="2">
-        <v>180.52</v>
+        <v>17.85</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="E52" s="2">
-        <v>2837.26</v>
+        <v>24.76</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>133</v>
+        <v>155</v>
       </c>
       <c r="E53" s="2">
-        <v>410.67</v>
+        <v>1359.48</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>159</v>
+        <v>90</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>160</v>
+        <v>118</v>
       </c>
       <c r="E54" s="2">
-        <v>9.04</v>
+        <v>3.18</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>162</v>
+        <v>90</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>163</v>
+        <v>118</v>
       </c>
       <c r="E55" s="2">
-        <v>4062.16</v>
+        <v>0.25</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="E56" s="2">
-        <v>893.64</v>
+        <v>1489.31</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="E57" s="2">
-        <v>1.14</v>
+        <v>240.11</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>169</v>
+        <v>118</v>
       </c>
       <c r="E58" s="2">
-        <v>0.31</v>
+        <v>76.94</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="E59" s="2">
-        <v>1459.12</v>
+        <v>1594.78</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="E60" s="2">
-        <v>135.01</v>
+        <v>147.21</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>82</v>
+        <v>174</v>
       </c>
       <c r="E61" s="2">
-        <v>1242.05</v>
+        <v>1147.42</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E62" s="2">
-        <v>592.43</v>
+        <v>1147.82</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="E63" s="2">
-        <v>166.84</v>
+        <v>2275.12</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E64" s="2">
-        <v>687.1</v>
+        <v>214.51</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E65" s="2">
-        <v>174.76</v>
+        <v>10349.46</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E66" s="2">
-        <v>1359.48</v>
+        <v>144.08</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>133</v>
+        <v>192</v>
       </c>
       <c r="E67" s="2">
-        <v>3.67</v>
+        <v>149.97</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>114</v>
+        <v>194</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>133</v>
+        <v>195</v>
       </c>
       <c r="E68" s="2">
-        <v>3.18</v>
+        <v>3298.88</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>114</v>
+        <v>197</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>133</v>
+        <v>198</v>
       </c>
       <c r="E69" s="2">
-        <v>0.25</v>
+        <v>101.16</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="E70" s="2">
-        <v>238.78</v>
+        <v>266.6</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="E71" s="2">
-        <v>1489.31</v>
+        <v>71.23</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="E72" s="2">
-        <v>422.72</v>
+        <v>1612.82</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="E73" s="2">
-        <v>21.42</v>
+        <v>1207.57</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>133</v>
+        <v>213</v>
       </c>
       <c r="E74" s="2">
-        <v>126.94</v>
+        <v>56.67</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="E75" s="2">
-        <v>236.57</v>
+        <v>3268.52</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>212</v>
+        <v>144</v>
       </c>
       <c r="E76" s="2">
-        <v>1670.3</v>
+        <v>729.8</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="E77" s="2">
-        <v>147.21</v>
+        <v>341.26</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="E78" s="2">
-        <v>1147.42</v>
+        <v>46.82</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>168</v>
+        <v>226</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="E79" s="2">
-        <v>0.71</v>
+        <v>90.78</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>168</v>
+        <v>229</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="E80" s="2">
-        <v>1.32</v>
+        <v>118.57</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>168</v>
+        <v>232</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="E81" s="2">
-        <v>1.34</v>
+        <v>40.03</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>223</v>
+        <v>234</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>168</v>
+        <v>235</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
       <c r="E82" s="2">
-        <v>0.52</v>
+        <v>26272.73</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>224</v>
+        <v>237</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>220</v>
+        <v>239</v>
       </c>
       <c r="E83" s="2">
-        <v>0.18</v>
+        <v>8.62</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>168</v>
+        <v>241</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>169</v>
+        <v>242</v>
       </c>
       <c r="E84" s="2">
-        <v>0.69</v>
+        <v>159.01</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>226</v>
+        <v>243</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>227</v>
+        <v>244</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="E85" s="2">
-        <v>1147.82</v>
+        <v>603.58</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>230</v>
+        <v>244</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>231</v>
+        <v>247</v>
       </c>
       <c r="E86" s="2">
-        <v>2275.12</v>
+        <v>15.03</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>232</v>
+        <v>248</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>233</v>
+        <v>249</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>234</v>
+        <v>250</v>
       </c>
       <c r="E87" s="2">
-        <v>214.51</v>
+        <v>75.71</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>236</v>
+        <v>249</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="E88" s="2">
-        <v>10349.46</v>
+        <v>378.12</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>238</v>
+        <v>253</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>239</v>
+        <v>151</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>240</v>
+        <v>254</v>
       </c>
       <c r="E89" s="2">
-        <v>149.97</v>
+        <v>611.35</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>241</v>
+        <v>255</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>242</v>
+        <v>146</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="E90" s="2">
-        <v>3298.88</v>
+        <v>25.2</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="E91" s="2">
-        <v>101.16</v>
+        <v>52.35</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>247</v>
+        <v>260</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>249</v>
+        <v>261</v>
       </c>
       <c r="E92" s="2">
-        <v>266.6</v>
+        <v>1511.95</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="E93" s="2">
-        <v>71.23</v>
+        <v>52.5</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>253</v>
+        <v>265</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>255</v>
+        <v>267</v>
       </c>
       <c r="E94" s="2">
-        <v>1612.82</v>
+        <v>947.12</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="E95" s="2">
-        <v>1207.57</v>
+        <v>190.25</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>260</v>
+        <v>272</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="E96" s="2">
-        <v>56.67</v>
+        <v>59.78</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>262</v>
+        <v>274</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="E97" s="2">
-        <v>3268.52</v>
+        <v>891.87</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>265</v>
+        <v>276</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>82</v>
+        <v>278</v>
       </c>
       <c r="E98" s="2">
-        <v>729.8</v>
+        <v>1162.71</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>267</v>
+        <v>279</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>269</v>
+        <v>281</v>
       </c>
       <c r="E99" s="2">
-        <v>341.26</v>
+        <v>68.14</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="E100" s="2">
-        <v>46.82</v>
+        <v>1794.32</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="E101" s="2">
-        <v>90.78</v>
+        <v>248.43</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>276</v>
+        <v>287</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>277</v>
+        <v>288</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
       <c r="E102" s="2">
-        <v>118.57</v>
+        <v>2546.15</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>281</v>
+        <v>264</v>
       </c>
       <c r="E103" s="2">
-        <v>40.03</v>
+        <v>3.07</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
       <c r="E104" s="2">
-        <v>26272.73</v>
+        <v>2.92</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>287</v>
+        <v>264</v>
       </c>
       <c r="E105" s="2">
-        <v>8.71</v>
+        <v>168.48</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="E106" s="2">
-        <v>159.01</v>
+        <v>72.86</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="E107" s="2">
-        <v>19.61</v>
+        <v>381.73</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="E108" s="2">
-        <v>603.58</v>
+        <v>179.97</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="B109" s="0" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>298</v>
       </c>
       <c r="E109" s="2">
-        <v>15.03</v>
+        <v>72.86</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="E110" s="2">
-        <v>75.71</v>
+        <v>45.57</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="E111" s="2">
-        <v>378.12</v>
+        <v>54.52</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>184</v>
+        <v>297</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="E112" s="2">
-        <v>761.35</v>
+        <v>54.52</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>179</v>
+        <v>309</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="E113" s="2">
-        <v>970.36</v>
+        <v>2648.36</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="E114" s="2">
-        <v>2154.77</v>
+        <v>369.4</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="E115" s="2">
-        <v>52.35</v>
+        <v>147.39</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="E116" s="2">
-        <v>1511.95</v>
+        <v>713.26</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="E117" s="2">
-        <v>52.5</v>
+        <v>515.05</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="E118" s="2">
-        <v>947.12</v>
+        <v>354.37</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="E119" s="2">
-        <v>59.11</v>
+        <v>364.06</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>326</v>
+        <v>146</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="E120" s="2">
-        <v>590.25</v>
+        <v>6.17</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>10</v>
-[...658 lines deleted...]
-      <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -4484,65 +3605,32 @@
     <hyperlink ref="F96" r:id="rId96"/>
     <hyperlink ref="F97" r:id="rId97"/>
     <hyperlink ref="F98" r:id="rId98"/>
     <hyperlink ref="F99" r:id="rId99"/>
     <hyperlink ref="F100" r:id="rId100"/>
     <hyperlink ref="F101" r:id="rId101"/>
     <hyperlink ref="F102" r:id="rId102"/>
     <hyperlink ref="F103" r:id="rId103"/>
     <hyperlink ref="F104" r:id="rId104"/>
     <hyperlink ref="F105" r:id="rId105"/>
     <hyperlink ref="F106" r:id="rId106"/>
     <hyperlink ref="F107" r:id="rId107"/>
     <hyperlink ref="F108" r:id="rId108"/>
     <hyperlink ref="F109" r:id="rId109"/>
     <hyperlink ref="F110" r:id="rId110"/>
     <hyperlink ref="F111" r:id="rId111"/>
     <hyperlink ref="F112" r:id="rId112"/>
     <hyperlink ref="F113" r:id="rId113"/>
     <hyperlink ref="F114" r:id="rId114"/>
     <hyperlink ref="F115" r:id="rId115"/>
     <hyperlink ref="F116" r:id="rId116"/>
     <hyperlink ref="F117" r:id="rId117"/>
     <hyperlink ref="F118" r:id="rId118"/>
     <hyperlink ref="F119" r:id="rId119"/>
     <hyperlink ref="F120" r:id="rId120"/>
-    <hyperlink ref="F121" r:id="rId121"/>
-[...31 lines deleted...]
-    <hyperlink ref="F153" r:id="rId153"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>