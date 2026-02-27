--- v0 (2026-01-09)
+++ v1 (2026-02-27)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="55">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>39-00071.000</t>
   </si>
   <si>
     <t>JONES CHAD E</t>
   </si>
   <si>
@@ -85,267 +85,135 @@
   <si>
     <t>39-00202.065</t>
   </si>
   <si>
     <t>BLACK EAGLE PROPERTIES INC</t>
   </si>
   <si>
     <t>2110 LAKEFIELD</t>
   </si>
   <si>
     <t>39-00279.000</t>
   </si>
   <si>
     <t>HAIN HERMAN</t>
   </si>
   <si>
     <t>39-00333.001</t>
   </si>
   <si>
     <t>MONAK BRIAN R &amp; AMY E</t>
   </si>
   <si>
     <t>BOGART</t>
   </si>
   <si>
-    <t>39-00351.000</t>
-[...43 lines deleted...]
-  <si>
     <t>39-00782.000</t>
   </si>
   <si>
     <t>JOPPA ENTERPRISES LLC</t>
   </si>
   <si>
     <t>2910 CLEVELAND</t>
   </si>
   <si>
-    <t>39-00812.001</t>
-[...31 lines deleted...]
-  <si>
     <t>39-00852.030</t>
   </si>
   <si>
     <t>STANKIC IGOR TRUSTE</t>
   </si>
   <si>
     <t>2702 PLUMBROOK CREEK</t>
   </si>
   <si>
     <t>39-00852.035</t>
   </si>
   <si>
     <t>PLUM BROOK OAKS PHASE 2 SUBDIVISION ASSOCIATION</t>
   </si>
   <si>
     <t>PLUM BROOK CREEK</t>
   </si>
   <si>
     <t>39-00932.002</t>
   </si>
   <si>
     <t>PERRY MICHAEL</t>
   </si>
   <si>
     <t>HURON AVERY</t>
   </si>
   <si>
-    <t>39-00935.000</t>
-[...37 lines deleted...]
-  <si>
     <t>39-01120.000</t>
   </si>
   <si>
     <t>LESNETT THOMAS J JR &amp; JULIE N</t>
   </si>
   <si>
     <t>RIVERSIDE</t>
   </si>
   <si>
     <t>39-01123.000</t>
   </si>
   <si>
     <t>MEADOW GREEN BUSINESS TRUST</t>
   </si>
   <si>
     <t>CAMP</t>
   </si>
   <si>
     <t>39-62006.000</t>
   </si>
   <si>
     <t>RITTER DAVID &amp; ANGELA</t>
   </si>
   <si>
     <t>2000 BOOS RD</t>
   </si>
   <si>
     <t>41-00010.000</t>
   </si>
   <si>
     <t>SHARP SHANNON D &amp; ANGELA L</t>
   </si>
   <si>
     <t>PERKINS LSD</t>
   </si>
   <si>
     <t>111 FOX RD</t>
   </si>
   <si>
-    <t>41-00028.000</t>
-[...4 lines deleted...]
-  <si>
     <t>41-00070.044</t>
   </si>
   <si>
     <t>FAIT DAVID A &amp; CAROLYN R TRUSTEES</t>
   </si>
   <si>
     <t>KALAHARI DR</t>
   </si>
   <si>
     <t>41-00070.080</t>
-  </si>
-[...7 lines deleted...]
-    <t>503 SCHEID</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -355,70 +223,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F35" headerRowCount="1">
-  <autoFilter ref="A1:F35"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F18" headerRowCount="1">
+  <autoFilter ref="A1:F18"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13342&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16242&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38567&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=6476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13037&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13038&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5802&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51218&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50906&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9945&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38490&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41278&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22224&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19408&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38568&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46386&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14619&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12141&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12142&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=35862&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13342&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16242&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38490&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46386&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14619&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12141&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12142&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F35"/>
+  <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="51.12343978881836" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="23.891489028930664" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -562,594 +430,237 @@
       </c>
       <c r="D8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E8" s="2">
         <v>624.67</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="2">
-        <v>172.75</v>
+        <v>3571.24</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="2">
-        <v>360.44</v>
+        <v>3161.4</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="2">
-        <v>0.22</v>
+        <v>444.14</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E12" s="2">
-        <v>3.38</v>
+        <v>1104.02</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E13" s="2">
-        <v>2.67</v>
+        <v>1570.48</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E14" s="2">
-        <v>1870.51</v>
+        <v>132.32</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E15" s="2">
-        <v>3571.24</v>
+        <v>13.59</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E16" s="2">
-        <v>0.12</v>
+        <v>1671.58</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="E17" s="2">
-        <v>74.84</v>
+        <v>509.72</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="E18" s="2">
-        <v>0.4</v>
+        <v>509.72</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>10</v>
-[...338 lines deleted...]
-      <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
-    <hyperlink ref="F19" r:id="rId19"/>
-[...15 lines deleted...]
-    <hyperlink ref="F35" r:id="rId35"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>