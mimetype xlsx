--- v0 (2026-01-09)
+++ v1 (2026-02-27)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="302" uniqueCount="302">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="194">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>39-00071.000</t>
   </si>
   <si>
     <t>JONES CHAD E</t>
   </si>
   <si>
@@ -85,524 +85,305 @@
   <si>
     <t>39-00202.065</t>
   </si>
   <si>
     <t>BLACK EAGLE PROPERTIES INC</t>
   </si>
   <si>
     <t>2110 LAKEFIELD</t>
   </si>
   <si>
     <t>39-00279.000</t>
   </si>
   <si>
     <t>HAIN HERMAN</t>
   </si>
   <si>
     <t>39-00333.001</t>
   </si>
   <si>
     <t>MONAK BRIAN R &amp; AMY E</t>
   </si>
   <si>
     <t>BOGART</t>
   </si>
   <si>
-    <t>39-00351.000</t>
-[...43 lines deleted...]
-  <si>
     <t>39-00782.000</t>
   </si>
   <si>
     <t>JOPPA ENTERPRISES LLC</t>
   </si>
   <si>
     <t>2910 CLEVELAND</t>
   </si>
   <si>
-    <t>39-00812.001</t>
-[...31 lines deleted...]
-  <si>
     <t>39-00852.030</t>
   </si>
   <si>
     <t>STANKIC IGOR TRUSTE</t>
   </si>
   <si>
     <t>2702 PLUMBROOK CREEK</t>
   </si>
   <si>
     <t>39-00852.035</t>
   </si>
   <si>
     <t>PLUM BROOK OAKS PHASE 2 SUBDIVISION ASSOCIATION</t>
   </si>
   <si>
     <t>PLUM BROOK CREEK</t>
   </si>
   <si>
     <t>39-00932.002</t>
   </si>
   <si>
     <t>PERRY MICHAEL</t>
   </si>
   <si>
     <t>HURON AVERY</t>
   </si>
   <si>
-    <t>39-00935.000</t>
-[...2 lines deleted...]
-    <t>RESLEY DILLON S</t>
+    <t>39-01120.000</t>
+  </si>
+  <si>
+    <t>LESNETT THOMAS J JR &amp; JULIE N</t>
+  </si>
+  <si>
+    <t>RIVERSIDE</t>
+  </si>
+  <si>
+    <t>39-01123.000</t>
+  </si>
+  <si>
+    <t>MEADOW GREEN BUSINESS TRUST</t>
+  </si>
+  <si>
+    <t>CAMP</t>
+  </si>
+  <si>
+    <t>39-62006.000</t>
+  </si>
+  <si>
+    <t>RITTER DAVID &amp; ANGELA</t>
+  </si>
+  <si>
+    <t>2000 BOOS RD</t>
+  </si>
+  <si>
+    <t>4200031</t>
+  </si>
+  <si>
+    <t>CAMPBELL LAUREL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2011 LINDEN  LOT 2011</t>
+  </si>
+  <si>
+    <t>4200036</t>
+  </si>
+  <si>
+    <t>EDWARDS MARY K LYNCH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2011 CLEVELAND  LOT 2011</t>
+  </si>
+  <si>
+    <t>4200047</t>
+  </si>
+  <si>
+    <t>DABNEY RHONDA G</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2021 CLEVELAND  LOT 2021</t>
+  </si>
+  <si>
+    <t>42-00124.000</t>
+  </si>
+  <si>
+    <t>BLANKENSHIP JUDY &amp; KIMBERLY G YOCKLIN</t>
+  </si>
+  <si>
+    <t>506 ADAMS</t>
+  </si>
+  <si>
+    <t>42-00238.000</t>
+  </si>
+  <si>
+    <t>FULOP CHRISTOPHER A &amp; CATHERINE A</t>
+  </si>
+  <si>
+    <t>ADAMS</t>
+  </si>
+  <si>
+    <t>42-00411.000</t>
+  </si>
+  <si>
+    <t>BAKER BEVERLY ANN</t>
+  </si>
+  <si>
+    <t>112 FOREST HILLS</t>
+  </si>
+  <si>
+    <t>42-00476.000</t>
+  </si>
+  <si>
+    <t>STANKIC ENTERPRISES LLC</t>
+  </si>
+  <si>
+    <t>1808 SAWMILL PARKWAY</t>
+  </si>
+  <si>
+    <t>42-00476.500</t>
+  </si>
+  <si>
+    <t>42-00477.000</t>
+  </si>
+  <si>
+    <t>SAWMILL PARKWAY</t>
+  </si>
+  <si>
+    <t>42-00624.000</t>
+  </si>
+  <si>
+    <t>STATE OF OHIO</t>
+  </si>
+  <si>
+    <t>TAYLOR</t>
+  </si>
+  <si>
+    <t>42-00666.000</t>
+  </si>
+  <si>
+    <t>RITTER DAVID R &amp; ANGELA C</t>
+  </si>
+  <si>
+    <t>NORTH PORT</t>
+  </si>
+  <si>
+    <t>42-00696.000</t>
+  </si>
+  <si>
+    <t>HEJDA JOHN R &amp; NANCY M</t>
+  </si>
+  <si>
+    <t>1228 RIVERSIDE</t>
+  </si>
+  <si>
+    <t>42-01067.000</t>
+  </si>
+  <si>
+    <t>HAWK NANCY M</t>
+  </si>
+  <si>
+    <t>531 BERLIN</t>
+  </si>
+  <si>
+    <t>42-01223.000</t>
+  </si>
+  <si>
+    <t>GRIMWOOD JUSTIN</t>
+  </si>
+  <si>
+    <t>301 FOREST HILLS</t>
+  </si>
+  <si>
+    <t>42-01226.001</t>
+  </si>
+  <si>
+    <t>BOWERS JOHN D &amp; MARGARET A</t>
   </si>
   <si>
     <t>BERLIN</t>
   </si>
   <si>
-    <t>39-00996.002</t>
-[...241 lines deleted...]
-  <si>
     <t>42-01239.000</t>
   </si>
   <si>
     <t>RITTER ELIZABETH &amp; GARY</t>
   </si>
   <si>
     <t>632 RIVER</t>
   </si>
   <si>
     <t>42-01277.000</t>
   </si>
   <si>
     <t>HAJTINO HOLDINGS LLC</t>
   </si>
   <si>
     <t>618 CLEVELAND RD E</t>
   </si>
   <si>
-    <t>42-01338.000</t>
-[...7 lines deleted...]
-  <si>
     <t>42-01429.000</t>
   </si>
   <si>
     <t>SAVAGE GARRY N &amp; JOANNE M TRUSTEE</t>
   </si>
   <si>
     <t>1225 MARINA</t>
   </si>
   <si>
     <t>42-01448.000</t>
   </si>
   <si>
     <t>MACKI JANIS G TRUSTEE</t>
   </si>
   <si>
     <t>418 ADAMS</t>
   </si>
   <si>
-    <t>42-01514.000</t>
-[...7 lines deleted...]
-  <si>
     <t>42-01558.000</t>
   </si>
   <si>
     <t>DANILO VICTORIA J</t>
   </si>
   <si>
     <t>313 WILLIAMS</t>
   </si>
   <si>
-    <t>42-01786.000</t>
-[...4 lines deleted...]
-  <si>
     <t>42-01820.000</t>
   </si>
   <si>
     <t>WILSON DONNA J &amp; BARRY L</t>
   </si>
   <si>
     <t>528 ADAMS</t>
   </si>
   <si>
     <t>42-01851.000</t>
   </si>
   <si>
     <t>THATCHER MICHAEL R &amp; SHERRY L</t>
   </si>
   <si>
     <t>823 CENTER</t>
   </si>
   <si>
     <t>42-01852.001</t>
   </si>
   <si>
-    <t>42-01954.000</t>
-[...16 lines deleted...]
-  <si>
     <t>42-01997.000</t>
   </si>
   <si>
     <t>42-02017.000</t>
   </si>
   <si>
     <t>SHEPHERD'S SHORELINE CONSTRUCTION INC</t>
   </si>
   <si>
     <t>422 HURON</t>
   </si>
   <si>
     <t>42-02018.000</t>
   </si>
   <si>
     <t>HURON</t>
   </si>
   <si>
     <t>42-02061.020</t>
   </si>
   <si>
     <t>ASHER WILLIAM M</t>
   </si>
   <si>
     <t>732 CHESTNUT</t>
@@ -640,321 +421,216 @@
   <si>
     <t>PLEASANTVIEW DEVELOPMENT CORPORATION</t>
   </si>
   <si>
     <t>SALEM</t>
   </si>
   <si>
     <t>43-00026.000</t>
   </si>
   <si>
     <t>BICKLEY HELEN I</t>
   </si>
   <si>
     <t>SUNNYSIDE</t>
   </si>
   <si>
     <t>43-00049.000</t>
   </si>
   <si>
     <t>FERNANDEZ STARK EUGENIE TERESA</t>
   </si>
   <si>
     <t>116 OVERLOOK</t>
   </si>
   <si>
-    <t>43-00072.000</t>
-[...7 lines deleted...]
-  <si>
     <t>43-00101.000</t>
   </si>
   <si>
     <t>ROSS ROBERT L JR &amp; ARIANA M</t>
   </si>
   <si>
     <t>OVERLOOK</t>
   </si>
   <si>
-    <t>43-00109.001</t>
-[...7 lines deleted...]
-  <si>
     <t>43-00127.000</t>
   </si>
   <si>
     <t>BUNDRIDGE MICHAEL</t>
   </si>
   <si>
     <t>RYE BEACH</t>
   </si>
   <si>
     <t>43-00131.000</t>
   </si>
   <si>
     <t>DOUBLER DAVID &amp; TRACY</t>
   </si>
   <si>
     <t>116 RYE BEACH RD</t>
   </si>
   <si>
-    <t>43-00157.000</t>
+    <t>43-00176.000</t>
+  </si>
+  <si>
+    <t>RIBNICKY TR ROBERT R</t>
+  </si>
+  <si>
+    <t>43-00177.000</t>
+  </si>
+  <si>
+    <t>204 RYE BEACH</t>
+  </si>
+  <si>
+    <t>43-00190.000</t>
+  </si>
+  <si>
+    <t>PALINSKI BARBARA ANN</t>
+  </si>
+  <si>
+    <t>21 OAKWOOD</t>
+  </si>
+  <si>
+    <t>43-00191.000</t>
+  </si>
+  <si>
+    <t>43-00192.000</t>
+  </si>
+  <si>
+    <t>2224 SURF DRIVE LLC</t>
+  </si>
+  <si>
+    <t>22 SURF</t>
+  </si>
+  <si>
+    <t>43-00385.000</t>
+  </si>
+  <si>
+    <t>KERSTON JAMI S &amp; DAVID E SHOCKLEY</t>
+  </si>
+  <si>
+    <t>TORQUATUS</t>
+  </si>
+  <si>
+    <t>43-00410.001</t>
   </si>
   <si>
     <t>SAND</t>
   </si>
   <si>
-    <t>43-00176.000</t>
-[...67 lines deleted...]
-  <si>
     <t>43-00444.000</t>
   </si>
   <si>
     <t>GREGORY CINDY L</t>
   </si>
   <si>
     <t>PLEASANT</t>
   </si>
   <si>
-    <t>43-00465.000</t>
-[...7 lines deleted...]
-  <si>
     <t>43-00522.000</t>
   </si>
   <si>
     <t>DIDION DONA J TRUSTEE</t>
   </si>
   <si>
     <t>RIDGEWOOD</t>
   </si>
   <si>
-    <t>45-00010.000</t>
-[...13 lines deleted...]
-  <si>
     <t>45-00161.000</t>
   </si>
   <si>
     <t>GURSKE GORDON L</t>
   </si>
   <si>
     <t>208 COLUMBUS</t>
   </si>
   <si>
-    <t>45-00192.003</t>
-[...13 lines deleted...]
-  <si>
     <t>45-00377.000</t>
   </si>
   <si>
     <t>JUNIPER</t>
   </si>
   <si>
-    <t>45-00521.000</t>
-[...4 lines deleted...]
-  <si>
     <t>48-00041.000</t>
   </si>
   <si>
     <t>TOLLIVER NANCY</t>
   </si>
   <si>
     <t>415 WYANDOT</t>
   </si>
   <si>
     <t>48-00049.001</t>
   </si>
   <si>
     <t>CHICO HOLDINGS LLC</t>
   </si>
   <si>
     <t>MUNSEE</t>
   </si>
   <si>
     <t>48-00138.000</t>
   </si>
   <si>
     <t>DISCOVERY LAND LTD</t>
   </si>
   <si>
     <t>306 1/2 TECUMSEH</t>
   </si>
   <si>
     <t>48-00149.000</t>
   </si>
   <si>
     <t>301 WYANDOT COTTAGE LLC</t>
   </si>
   <si>
     <t>301 WYANDOT</t>
   </si>
   <si>
     <t>41-00010.000</t>
   </si>
   <si>
     <t>SHARP SHANNON D &amp; ANGELA L</t>
   </si>
   <si>
     <t>PERKINS LSD</t>
   </si>
   <si>
     <t>111 FOX RD</t>
   </si>
   <si>
-    <t>41-00028.000</t>
-[...4 lines deleted...]
-  <si>
     <t>41-00070.044</t>
   </si>
   <si>
     <t>FAIT DAVID A &amp; CAROLYN R TRUSTEES</t>
   </si>
   <si>
     <t>KALAHARI DR</t>
   </si>
   <si>
     <t>41-00070.080</t>
-  </si>
-[...7 lines deleted...]
-    <t>503 SCHEID</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -964,70 +640,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F112" headerRowCount="1">
-  <autoFilter ref="A1:F112"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F70" headerRowCount="1">
+  <autoFilter ref="A1:F70"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13342&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16242&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38567&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=6476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13037&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13038&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5802&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51218&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=50906&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9945&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38490&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41278&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=22224&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19408&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38568&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46386&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=1243&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49636&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26622&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13833&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=11136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=1338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44732&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=8208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16504&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39517&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13151&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17167&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=28960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4148&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4090&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38948&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=35961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=35574&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=24927&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=18868&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9030&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44726&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=40685&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32574&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13267&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39040&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33832&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33833&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=1083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=35119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46521&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46201&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46335&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9137&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10018&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32617&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2049&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10029&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=32619&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=30301&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14620&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2039&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=30453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=25112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21277&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=30302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=30304&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15631&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9765&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10050&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4574&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4575&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=47666&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=19776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33349&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=18682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=7361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=48676&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=24858&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14619&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12141&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12142&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=35862&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=36338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13342&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=5614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16242&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=31370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38490&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46386&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49636&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=49581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=13833&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=1338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44732&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16504&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39517&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=17167&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4148&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=4090&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=38948&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=35574&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=24927&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=9030&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=44726&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=40685&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=39040&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33832&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33833&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=1083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=35119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46521&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46201&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=46335&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=51083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=26613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10018&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2049&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10029&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14620&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=2039&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=30453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=21277&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=41127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=15631&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=10050&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=16016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=33349&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=7361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=48676&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=3190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=24858&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=14619&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12141&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.eriecounty.oh.gov/Account/Index?Property_ID=12142&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F112"/>
+  <dimension ref="A1:F70"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="51.12343978881836" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="25.77086067199707" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -1171,2113 +847,1273 @@
       </c>
       <c r="D8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E8" s="2">
         <v>624.67</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="2">
-        <v>172.75</v>
+        <v>3571.24</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="2">
-        <v>360.44</v>
+        <v>3161.4</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="2">
-        <v>0.22</v>
+        <v>444.14</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E12" s="2">
-        <v>3.38</v>
+        <v>1104.02</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E13" s="2">
-        <v>2.67</v>
+        <v>1570.48</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E14" s="2">
-        <v>1870.51</v>
+        <v>132.32</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E15" s="2">
-        <v>3571.24</v>
+        <v>13.59</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E16" s="2">
-        <v>0.12</v>
+        <v>505.94</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E17" s="2">
-        <v>74.84</v>
+        <v>340.37</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="E18" s="2">
-        <v>0.4</v>
+        <v>24.48</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="E19" s="2">
-        <v>107.92</v>
+        <v>745.85</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E20" s="2">
-        <v>3161.4</v>
+        <v>0.9</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="E21" s="2">
-        <v>444.14</v>
+        <v>62.53</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E22" s="2">
-        <v>1104.02</v>
+        <v>156.28</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E23" s="2">
-        <v>488.7</v>
+        <v>4.58</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E24" s="2">
-        <v>154.02</v>
+        <v>19.61</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E25" s="2">
-        <v>657.11</v>
+        <v>9.56</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E26" s="2">
-        <v>2.26</v>
+        <v>0.06</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>31</v>
+        <v>79</v>
       </c>
       <c r="E27" s="2">
-        <v>1847.75</v>
+        <v>5899.58</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="E28" s="2">
-        <v>1570.48</v>
+        <v>56586.12</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="E29" s="2">
-        <v>132.32</v>
+        <v>1991.8</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E30" s="2">
-        <v>13.59</v>
+        <v>1.77</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="E31" s="2">
-        <v>505.94</v>
+        <v>1654.76</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E32" s="2">
-        <v>4183.57</v>
+        <v>13.33</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E33" s="2">
-        <v>340.37</v>
+        <v>0.02</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="E34" s="2">
-        <v>24.48</v>
+        <v>2175.12</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E35" s="2">
-        <v>1.52</v>
+        <v>5028.25</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="E36" s="2">
-        <v>1325.85</v>
+        <v>1573.35</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E37" s="2">
-        <v>0.9</v>
+        <v>245.07</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>108</v>
+        <v>24</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="E38" s="2">
-        <v>2.33</v>
+        <v>317.72</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>111</v>
+        <v>66</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>112</v>
+        <v>70</v>
       </c>
       <c r="E39" s="2">
-        <v>711.08</v>
+        <v>958.38</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="2">
-        <v>2407.52</v>
+        <v>6099.76</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="B41" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E41" s="2">
-        <v>156.28</v>
+        <v>2839.54</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="B42" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E42" s="2">
-        <v>4.58</v>
+        <v>2523.13</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>120</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>117</v>
+        <v>66</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>121</v>
+        <v>70</v>
       </c>
       <c r="E43" s="2">
-        <v>19.61</v>
+        <v>37.19</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="C44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E44" s="2">
-        <v>2528.65</v>
+        <v>684.69</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="B45" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>127</v>
+        <v>73</v>
       </c>
       <c r="E45" s="2">
-        <v>9.56</v>
+        <v>2203.75</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="B46" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E46" s="2">
-        <v>0.06</v>
+        <v>511.79</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="B47" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E47" s="2">
-        <v>5899.58</v>
+        <v>7.18</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E48" s="2">
-        <v>59.29</v>
+        <v>220.22</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="B49" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E49" s="2">
-        <v>56586.12</v>
+        <v>3105.13</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="B50" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E50" s="2">
-        <v>3581.56</v>
+        <v>139.77</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="B51" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E51" s="2">
-        <v>1991.8</v>
+        <v>54.74</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="B52" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E52" s="2">
-        <v>1.77</v>
+        <v>265.16</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="B53" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="E53" s="2">
-        <v>1654.76</v>
+        <v>2.02</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="E54" s="2">
-        <v>13.33</v>
+        <v>142.48</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="E55" s="2">
-        <v>70.5</v>
+        <v>1806</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>159</v>
+        <v>143</v>
       </c>
       <c r="E56" s="2">
-        <v>0.02</v>
+        <v>381.01</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="E57" s="2">
-        <v>2175.12</v>
+        <v>4536.06</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="E58" s="2">
-        <v>150</v>
+        <v>0.06</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>167</v>
+        <v>148</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="E59" s="2">
-        <v>5028.25</v>
+        <v>2.53</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>66</v>
+        <v>165</v>
       </c>
       <c r="E60" s="2">
-        <v>91.38</v>
+        <v>81.77</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="E61" s="2">
-        <v>2373.35</v>
+        <v>0.03</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="E62" s="2">
-        <v>245.07</v>
+        <v>2206.27</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>25</v>
+        <v>173</v>
       </c>
       <c r="E63" s="2">
-        <v>317.72</v>
+        <v>4.24</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="E64" s="2">
-        <v>63.3</v>
+        <v>4123.01</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="E65" s="2">
-        <v>0.24</v>
+        <v>870.51</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>117</v>
+        <v>181</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>121</v>
+        <v>182</v>
       </c>
       <c r="E66" s="2">
-        <v>958.38</v>
+        <v>3506.22</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="B67" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E67" s="2">
-        <v>6099.76</v>
+        <v>2083.48</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>189</v>
       </c>
       <c r="E68" s="2">
-        <v>2839.54</v>
+        <v>1671.58</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>8</v>
+        <v>188</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>192</v>
       </c>
       <c r="E69" s="2">
-        <v>2523.13</v>
+        <v>509.72</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>117</v>
+        <v>191</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>8</v>
+        <v>188</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>121</v>
+        <v>192</v>
       </c>
       <c r="E70" s="2">
-        <v>37.19</v>
+        <v>509.72</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>10</v>
-[...838 lines deleted...]
-      <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -3308,74 +2144,32 @@
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
     <hyperlink ref="F52" r:id="rId52"/>
     <hyperlink ref="F53" r:id="rId53"/>
     <hyperlink ref="F54" r:id="rId54"/>
     <hyperlink ref="F55" r:id="rId55"/>
     <hyperlink ref="F56" r:id="rId56"/>
     <hyperlink ref="F57" r:id="rId57"/>
     <hyperlink ref="F58" r:id="rId58"/>
     <hyperlink ref="F59" r:id="rId59"/>
     <hyperlink ref="F60" r:id="rId60"/>
     <hyperlink ref="F61" r:id="rId61"/>
     <hyperlink ref="F62" r:id="rId62"/>
     <hyperlink ref="F63" r:id="rId63"/>
     <hyperlink ref="F64" r:id="rId64"/>
     <hyperlink ref="F65" r:id="rId65"/>
     <hyperlink ref="F66" r:id="rId66"/>
     <hyperlink ref="F67" r:id="rId67"/>
     <hyperlink ref="F68" r:id="rId68"/>
     <hyperlink ref="F69" r:id="rId69"/>
     <hyperlink ref="F70" r:id="rId70"/>
-    <hyperlink ref="F71" r:id="rId71"/>
-[...40 lines deleted...]
-    <hyperlink ref="F112" r:id="rId112"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>